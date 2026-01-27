--- v0 (2025-10-11)
+++ v1 (2026-01-27)
@@ -2,84 +2,84 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25601"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\teran44z\AppData\Local\Box\Box Edit\Documents\Vq2vP_ZdwkW_oSF0d2lrvw==\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\teran44z\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{58267F10-8DF4-4477-BE21-2C1737F9A9A2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{614478AB-DEF9-4C1F-9EA4-80A46FC95329}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13996" tabRatio="693" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DSEP取扱い製品" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">DSEP取扱い製品!$A$2:$S$105</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">DSEP取扱い製品!$A$1:$Q$105</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">DSEP取扱い製品!$A$2:$S$102</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">DSEP取扱い製品!$A$1:$Q$102</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">DSEP取扱い製品!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="517" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="195">
   <si>
     <t>製品名</t>
     <rPh sb="0" eb="3">
       <t>セイヒンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>規制区分</t>
     <rPh sb="0" eb="2">
       <t>キセイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -135,67 +135,50 @@
       <t>セイヒン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>生物由来製品</t>
     <rPh sb="0" eb="2">
       <t>セイブツ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ユライ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>セイヒン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>毒薬</t>
     <rPh sb="0" eb="2">
       <t>ドクヤク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>〔有効期間〕
-[...15 lines deleted...]
-  <si>
     <t>吸湿注意</t>
     <rPh sb="0" eb="2">
       <t>キュウシツ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>チュウイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>室温保存</t>
     <rPh sb="0" eb="2">
       <t>シツオン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホゾン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>冷所保存</t>
     <rPh sb="0" eb="1">
       <t>ヒヤ</t>
     </rPh>
     <rPh sb="1" eb="2">
@@ -240,75 +223,50 @@
     <t>○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>開封後は湿気を避けて保存すること</t>
     <rPh sb="0" eb="2">
       <t>カイフウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ゴ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シッケ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>サ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ホゾン</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...23 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>ピオグリタゾン錠15mg「DSEP」
 ・錠30mg「DSEP」</t>
     <rPh sb="7" eb="8">
       <t>ジョウ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>ピオグリタゾンOD錠15mg「DSEP」
 ・OD錠30mg「DSEP」</t>
     <rPh sb="9" eb="10">
       <t>ジョウ</t>
     </rPh>
     <rPh sb="24" eb="25">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>イミダプリル塩酸塩錠2.5mg「DSEP」
@@ -700,55 +658,50 @@
   <si>
     <t>レトロゾール錠2.5mg「DSEP」</t>
     <rPh sb="6" eb="7">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>開封後は湿気を避けて保存すること。</t>
     <rPh sb="0" eb="2">
       <t>カイフウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ゴ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シッケ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>サ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ホゾン</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...3 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>ボグリボース錠0.2mg「YD」・錠0.3mg「YD」　</t>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>アムバロ配合錠「DSEP」</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>2年6ヶ月</t>
     <rPh sb="1" eb="2">
       <t>ネン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ゲツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>○</t>
@@ -1518,83 +1471,50 @@
     <t>本品は遮光保存する必要があるため、服用直前までPTPシートから取り出さないこと。</t>
     <rPh sb="0" eb="2">
       <t>ホンピン</t>
     </rPh>
     <rPh sb="3" eb="7">
       <t>シャコウホゾン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>フクヨウ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>チョクゼン</t>
     </rPh>
     <rPh sb="31" eb="32">
       <t>ト</t>
     </rPh>
     <rPh sb="33" eb="34">
       <t>ダ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>ファモチジンOD錠10mg「YD」・OD錠20mg「YD」</t>
-[...31 lines deleted...]
-  <si>
     <t>湿気を避けて保存して下さい。</t>
     <rPh sb="0" eb="2">
       <t>シッケ</t>
     </rPh>
     <rPh sb="3" eb="4">
       <t>サ</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>ホゾン</t>
     </rPh>
     <rPh sb="10" eb="11">
       <t>クダ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>アルミピロー包装開封後は、湿気を避けて遮光して保存すること。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>アロプリノール錠100mg「NS」</t>
     <rPh sb="7" eb="8">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
@@ -1843,50 +1763,87 @@
   <si>
     <t>ヒドロキシクロロキン硫酸塩錠200mg「DSEP」</t>
     <rPh sb="10" eb="13">
       <t>リュウサンエン</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〇</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>アビラテロン酢酸エステル錠250mg「DSEP」</t>
     <rPh sb="6" eb="8">
       <t>サクサン</t>
     </rPh>
     <rPh sb="12" eb="13">
       <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>プラスグレル錠2.5mg「DSEP」・3.75mg「DSEP」・5mg「DSEP」・OD錠20mg「DSEP」</t>
+    <rPh sb="6" eb="7">
+      <t>ジョウ</t>
+    </rPh>
+    <rPh sb="44" eb="45">
+      <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>〇</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>3年</t>
+    <rPh sb="1" eb="2">
+      <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>〈OD錠〉
+錠剤表面に使用色素による赤色又は黄色の斑点がみられること
+がある。また、アルミピロー開封後は湿気を避けて保存すること。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>有効期間</t>
+    <rPh sb="0" eb="2">
+      <t>ユウコウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>キカン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -2868,3111 +2825,3026 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S106"/>
+  <dimension ref="A1:S103"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A66" sqref="A66:R66"/>
-      <selection pane="bottomLeft" activeCell="N10" sqref="N10"/>
+      <selection pane="bottomLeft" activeCell="A70" sqref="A70"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.86328125" style="25" customWidth="1"/>
     <col min="2" max="15" width="3.59765625" style="25" customWidth="1"/>
     <col min="16" max="16" width="9.46484375" style="36" customWidth="1"/>
     <col min="17" max="17" width="54.86328125" style="25" customWidth="1"/>
     <col min="18" max="16384" width="9" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="21" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="50" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="51"/>
       <c r="D1" s="51"/>
       <c r="E1" s="51"/>
       <c r="F1" s="51"/>
       <c r="G1" s="51"/>
       <c r="H1" s="51"/>
       <c r="I1" s="52"/>
       <c r="J1" s="50" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="K1" s="51"/>
       <c r="L1" s="51"/>
       <c r="M1" s="51"/>
       <c r="N1" s="51"/>
       <c r="O1" s="52"/>
       <c r="P1" s="53" t="s">
-        <v>12</v>
+        <v>194</v>
       </c>
       <c r="Q1" s="46" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:19" s="21" customFormat="1" ht="168.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="49"/>
       <c r="B2" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="14" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="14" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="12" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="12" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="19" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="J2" s="11" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="K2" s="12" t="s">
+        <v>12</v>
+      </c>
+      <c r="L2" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="L2" s="12" t="s">
+      <c r="M2" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="M2" s="12" t="s">
+      <c r="N2" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="N2" s="12" t="s">
+      <c r="O2" s="15" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="P2" s="54"/>
       <c r="Q2" s="47"/>
     </row>
     <row r="3" spans="1:19" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="10" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="B3" s="22"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="24" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="J3" s="22"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="24"/>
       <c r="P3" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q3" s="10"/>
     </row>
     <row r="4" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="10" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="B4" s="22"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="G4" s="23"/>
       <c r="H4" s="23"/>
       <c r="I4" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="22"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M4" s="23"/>
       <c r="N4" s="23"/>
       <c r="O4" s="24"/>
       <c r="P4" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q4" s="10"/>
     </row>
     <row r="5" spans="1:19" ht="24" x14ac:dyDescent="0.25">
       <c r="A5" s="10" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="B5" s="22"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J5" s="22"/>
       <c r="K5" s="23"/>
       <c r="L5" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="24"/>
       <c r="P5" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q5" s="10"/>
     </row>
     <row r="6" spans="1:19" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="10" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B6" s="22"/>
       <c r="C6" s="23"/>
       <c r="D6" s="23"/>
       <c r="E6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="23"/>
       <c r="G6" s="23"/>
       <c r="H6" s="23"/>
       <c r="I6" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J6" s="22"/>
       <c r="K6" s="23"/>
       <c r="L6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M6" s="23"/>
       <c r="N6" s="23"/>
       <c r="O6" s="24"/>
       <c r="P6" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q6" s="10"/>
     </row>
     <row r="7" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="10" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
       <c r="B7" s="22"/>
       <c r="C7" s="23"/>
       <c r="D7" s="23"/>
       <c r="E7" s="23"/>
       <c r="F7" s="23"/>
       <c r="G7" s="23"/>
       <c r="H7" s="23"/>
       <c r="I7" s="24" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="J7" s="22"/>
       <c r="K7" s="23"/>
       <c r="L7" s="23" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="M7" s="23"/>
       <c r="N7" s="23"/>
       <c r="O7" s="24"/>
       <c r="P7" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q7" s="10" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="10" t="s">
-        <v>106</v>
+        <v>101</v>
       </c>
       <c r="B8" s="22"/>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="24" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="J8" s="22"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
       <c r="O8" s="24"/>
       <c r="P8" s="6" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="Q8" s="10"/>
     </row>
     <row r="9" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="10" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="23"/>
       <c r="I9" s="24" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="J9" s="22"/>
       <c r="K9" s="23"/>
       <c r="L9" s="23" t="s">
-        <v>196</v>
+        <v>188</v>
       </c>
       <c r="M9" s="23"/>
       <c r="N9" s="23"/>
       <c r="O9" s="24"/>
       <c r="P9" s="6" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="Q9" s="10"/>
     </row>
     <row r="10" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A10" s="10" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
       <c r="B10" s="22"/>
       <c r="C10" s="23"/>
       <c r="D10" s="23"/>
       <c r="E10" s="23" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="23"/>
       <c r="I10" s="24" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J10" s="22"/>
       <c r="K10" s="23"/>
       <c r="L10" s="23" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M10" s="23"/>
       <c r="N10" s="23"/>
       <c r="O10" s="24"/>
       <c r="P10" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q10" s="10"/>
     </row>
     <row r="11" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A11" s="10" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="B11" s="22"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="24" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J11" s="22"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="24"/>
       <c r="P11" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q11" s="10"/>
     </row>
     <row r="12" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A12" s="2" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B12" s="26"/>
       <c r="C12" s="27"/>
       <c r="D12" s="27"/>
       <c r="E12" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F12" s="27"/>
       <c r="G12" s="27"/>
       <c r="H12" s="27"/>
       <c r="I12" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J12" s="26"/>
       <c r="K12" s="27"/>
       <c r="L12" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M12" s="27"/>
       <c r="N12" s="27"/>
       <c r="O12" s="28"/>
       <c r="P12" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q12" s="1"/>
     </row>
     <row r="13" spans="1:19" ht="57.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="2" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="B13" s="26"/>
       <c r="C13" s="27"/>
       <c r="D13" s="27"/>
       <c r="E13" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F13" s="27"/>
       <c r="G13" s="27"/>
       <c r="H13" s="27"/>
       <c r="I13" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J13" s="26"/>
       <c r="K13" s="27"/>
       <c r="L13" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M13" s="27"/>
       <c r="N13" s="27"/>
       <c r="O13" s="28"/>
       <c r="P13" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q13" s="2" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
     </row>
     <row r="14" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A14" s="2" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="B14" s="26"/>
       <c r="C14" s="27"/>
       <c r="D14" s="27"/>
       <c r="E14" s="27"/>
       <c r="F14" s="27"/>
       <c r="G14" s="27"/>
       <c r="H14" s="27"/>
       <c r="I14" s="28" t="s">
         <v>8</v>
       </c>
       <c r="J14" s="26"/>
       <c r="K14" s="27"/>
       <c r="L14" s="27" t="s">
         <v>8</v>
       </c>
       <c r="M14" s="27"/>
       <c r="N14" s="27"/>
       <c r="O14" s="28"/>
       <c r="P14" s="4" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="Q14" s="2"/>
       <c r="S14" s="29"/>
     </row>
     <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="2" t="s">
-        <v>166</v>
+        <v>158</v>
       </c>
       <c r="B15" s="26"/>
       <c r="C15" s="27"/>
       <c r="D15" s="27"/>
       <c r="E15" s="27"/>
       <c r="F15" s="27"/>
       <c r="G15" s="27"/>
       <c r="H15" s="27"/>
       <c r="I15" s="28" t="s">
         <v>8</v>
       </c>
       <c r="J15" s="26"/>
       <c r="K15" s="27"/>
       <c r="L15" s="27" t="s">
         <v>8</v>
       </c>
       <c r="M15" s="27"/>
       <c r="N15" s="27"/>
       <c r="O15" s="28"/>
       <c r="P15" s="4" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q15" s="2"/>
       <c r="S15" s="29"/>
     </row>
     <row r="16" spans="1:19" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="45" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="B16" s="26"/>
       <c r="C16" s="27"/>
       <c r="D16" s="27"/>
       <c r="E16" s="27"/>
       <c r="F16" s="27"/>
       <c r="G16" s="27"/>
       <c r="H16" s="27"/>
       <c r="I16" s="28"/>
       <c r="J16" s="26"/>
       <c r="K16" s="27"/>
       <c r="L16" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M16" s="27"/>
       <c r="N16" s="27"/>
       <c r="O16" s="28"/>
       <c r="P16" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q16" s="2" t="s">
-        <v>175</v>
+        <v>167</v>
       </c>
     </row>
     <row r="17" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="2" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B17" s="26"/>
       <c r="C17" s="27"/>
       <c r="D17" s="27"/>
       <c r="E17" s="27" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F17" s="27"/>
       <c r="G17" s="27"/>
       <c r="H17" s="27"/>
       <c r="I17" s="28" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="J17" s="26"/>
       <c r="K17" s="27"/>
       <c r="L17" s="27" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="M17" s="27"/>
       <c r="N17" s="27"/>
       <c r="O17" s="28"/>
       <c r="P17" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q17" s="2"/>
     </row>
     <row r="18" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A18" s="2" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B18" s="26"/>
       <c r="C18" s="27"/>
       <c r="D18" s="27"/>
       <c r="E18" s="27"/>
       <c r="F18" s="27"/>
       <c r="G18" s="27"/>
       <c r="H18" s="27"/>
       <c r="I18" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J18" s="26"/>
       <c r="K18" s="27"/>
       <c r="L18" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M18" s="27"/>
       <c r="N18" s="27"/>
       <c r="O18" s="28"/>
       <c r="P18" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q18" s="2" t="s">
-        <v>172</v>
+        <v>164</v>
       </c>
     </row>
     <row r="19" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A19" s="2" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B19" s="26"/>
       <c r="C19" s="27"/>
       <c r="D19" s="27"/>
       <c r="E19" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F19" s="27"/>
       <c r="G19" s="27"/>
       <c r="H19" s="27"/>
       <c r="I19" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J19" s="26"/>
       <c r="K19" s="27"/>
       <c r="L19" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M19" s="27"/>
       <c r="N19" s="27"/>
       <c r="O19" s="28"/>
       <c r="P19" s="4" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="Q19" s="2"/>
     </row>
     <row r="20" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A20" s="2" t="s">
-        <v>122</v>
+        <v>117</v>
       </c>
       <c r="B20" s="26"/>
       <c r="C20" s="27"/>
       <c r="D20" s="27"/>
       <c r="E20" s="27"/>
       <c r="F20" s="27"/>
       <c r="G20" s="27"/>
       <c r="H20" s="27" t="s">
         <v>7</v>
       </c>
       <c r="I20" s="27" t="s">
         <v>7</v>
       </c>
       <c r="J20" s="26"/>
       <c r="K20" s="27"/>
       <c r="L20" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M20" s="27"/>
       <c r="N20" s="27"/>
       <c r="O20" s="28"/>
       <c r="P20" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q20" s="2" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
     </row>
     <row r="21" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A21" s="2" t="s">
-        <v>112</v>
+        <v>107</v>
       </c>
       <c r="B21" s="26"/>
       <c r="C21" s="27"/>
       <c r="D21" s="27"/>
       <c r="E21" s="27"/>
       <c r="F21" s="27"/>
       <c r="G21" s="27"/>
       <c r="H21" s="27"/>
       <c r="I21" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J21" s="26"/>
       <c r="K21" s="27"/>
       <c r="L21" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M21" s="27"/>
       <c r="N21" s="27"/>
       <c r="O21" s="28"/>
       <c r="P21" s="4" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="Q21" s="2"/>
     </row>
     <row r="22" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A22" s="2" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
       <c r="B22" s="26"/>
       <c r="C22" s="27"/>
       <c r="D22" s="27"/>
       <c r="E22" s="27"/>
       <c r="F22" s="27"/>
       <c r="G22" s="27"/>
       <c r="H22" s="27"/>
       <c r="I22" s="27" t="s">
         <v>7</v>
       </c>
       <c r="J22" s="26"/>
       <c r="K22" s="27"/>
       <c r="L22" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M22" s="27"/>
       <c r="N22" s="27"/>
       <c r="O22" s="28"/>
       <c r="P22" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q22" s="2"/>
     </row>
     <row r="23" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A23" s="2" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B23" s="26"/>
       <c r="C23" s="27"/>
       <c r="D23" s="27"/>
       <c r="E23" s="27"/>
       <c r="F23" s="27"/>
       <c r="G23" s="27"/>
       <c r="H23" s="27"/>
       <c r="I23" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J23" s="26"/>
       <c r="K23" s="27"/>
       <c r="L23" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M23" s="27"/>
       <c r="N23" s="27"/>
       <c r="O23" s="28"/>
       <c r="P23" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q23" s="2" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="24" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A24" s="2" t="s">
-        <v>81</v>
+        <v>76</v>
       </c>
       <c r="B24" s="26"/>
       <c r="C24" s="27"/>
       <c r="D24" s="27"/>
       <c r="E24" s="27"/>
       <c r="F24" s="27"/>
       <c r="G24" s="27"/>
       <c r="H24" s="27"/>
       <c r="I24" s="28" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J24" s="26"/>
       <c r="K24" s="27"/>
       <c r="L24" s="27" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M24" s="27"/>
       <c r="N24" s="27"/>
       <c r="O24" s="28"/>
       <c r="P24" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q24" s="2"/>
     </row>
     <row r="25" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A25" s="2" t="s">
-        <v>82</v>
+        <v>77</v>
       </c>
       <c r="B25" s="26"/>
       <c r="C25" s="27"/>
       <c r="D25" s="27"/>
       <c r="E25" s="27"/>
       <c r="F25" s="27"/>
       <c r="G25" s="27"/>
       <c r="H25" s="27"/>
       <c r="I25" s="28" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J25" s="26"/>
       <c r="K25" s="27"/>
       <c r="L25" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M25" s="27"/>
       <c r="N25" s="27"/>
       <c r="O25" s="28"/>
       <c r="P25" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q25" s="20"/>
     </row>
     <row r="26" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A26" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
       <c r="B26" s="22"/>
       <c r="C26" s="23"/>
       <c r="D26" s="23"/>
       <c r="E26" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F26" s="23"/>
       <c r="G26" s="23"/>
       <c r="H26" s="23"/>
       <c r="I26" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J26" s="22"/>
       <c r="K26" s="23"/>
       <c r="L26" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M26" s="27"/>
       <c r="N26" s="27"/>
       <c r="O26" s="28"/>
       <c r="P26" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q26" s="20"/>
     </row>
     <row r="27" spans="1:17" ht="36" x14ac:dyDescent="0.25">
       <c r="A27" s="2" t="s">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="B27" s="26"/>
       <c r="C27" s="27"/>
       <c r="D27" s="27" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="E27" s="27"/>
       <c r="F27" s="27"/>
       <c r="G27" s="27"/>
       <c r="H27" s="27"/>
       <c r="I27" s="28" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J27" s="26"/>
       <c r="K27" s="27"/>
       <c r="L27" s="27" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="M27" s="27"/>
       <c r="N27" s="27"/>
       <c r="O27" s="28"/>
       <c r="P27" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q27" s="2" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28" spans="1:17" ht="48" x14ac:dyDescent="0.25">
       <c r="A28" s="16" t="s">
-        <v>157</v>
+        <v>152</v>
       </c>
       <c r="B28" s="31"/>
       <c r="C28" s="32"/>
       <c r="D28" s="32"/>
       <c r="E28" s="32" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F28" s="32"/>
       <c r="G28" s="32"/>
       <c r="H28" s="32"/>
       <c r="I28" s="34" t="s">
         <v>7</v>
       </c>
       <c r="J28" s="35"/>
       <c r="K28" s="32"/>
       <c r="L28" s="32" t="s">
         <v>7</v>
       </c>
       <c r="M28" s="32"/>
       <c r="N28" s="32"/>
       <c r="O28" s="33"/>
       <c r="P28" s="7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q28" s="18" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
     </row>
     <row r="29" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A29" s="16" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="B29" s="31"/>
       <c r="C29" s="32"/>
       <c r="D29" s="32"/>
       <c r="E29" s="32" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="F29" s="32"/>
       <c r="G29" s="32"/>
       <c r="H29" s="32"/>
       <c r="I29" s="34" t="s">
         <v>7</v>
       </c>
       <c r="J29" s="35"/>
       <c r="K29" s="33"/>
       <c r="L29" s="32" t="s">
         <v>7</v>
       </c>
       <c r="M29" s="32"/>
       <c r="N29" s="32"/>
       <c r="O29" s="33"/>
       <c r="P29" s="7" t="s">
-        <v>158</v>
+        <v>153</v>
       </c>
       <c r="Q29" s="17"/>
     </row>
     <row r="30" spans="1:17" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A30" s="16" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B30" s="31"/>
       <c r="C30" s="32"/>
       <c r="D30" s="32"/>
       <c r="E30" s="32"/>
       <c r="F30" s="32"/>
       <c r="G30" s="32"/>
       <c r="H30" s="32"/>
       <c r="I30" s="34" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="J30" s="35"/>
       <c r="K30" s="33"/>
       <c r="L30" s="32" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="M30" s="32"/>
       <c r="N30" s="32"/>
       <c r="O30" s="33"/>
       <c r="P30" s="7" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="Q30" s="18" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="31" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="2" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B31" s="26"/>
       <c r="C31" s="27"/>
       <c r="D31" s="27"/>
       <c r="E31" s="27" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="F31" s="27"/>
       <c r="G31" s="27"/>
       <c r="H31" s="27"/>
       <c r="I31" s="28" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="J31" s="26"/>
       <c r="K31" s="27"/>
       <c r="L31" s="27" t="s">
-        <v>70</v>
+        <v>65</v>
       </c>
       <c r="M31" s="27"/>
       <c r="N31" s="27"/>
       <c r="O31" s="28"/>
       <c r="P31" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q31" s="2"/>
     </row>
     <row r="32" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A32" s="2" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="B32" s="26"/>
       <c r="C32" s="27"/>
       <c r="D32" s="27"/>
       <c r="E32" s="27"/>
       <c r="F32" s="27"/>
       <c r="G32" s="27"/>
       <c r="H32" s="27"/>
       <c r="I32" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J32" s="26"/>
       <c r="K32" s="27"/>
       <c r="L32" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M32" s="27"/>
       <c r="N32" s="27"/>
       <c r="O32" s="28"/>
       <c r="P32" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q32" s="2"/>
     </row>
     <row r="33" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A33" s="2" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B33" s="26"/>
       <c r="C33" s="27"/>
       <c r="D33" s="27"/>
       <c r="E33" s="27"/>
       <c r="F33" s="27"/>
       <c r="G33" s="27"/>
       <c r="H33" s="27"/>
       <c r="I33" s="28" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="J33" s="26"/>
       <c r="K33" s="27"/>
       <c r="L33" s="27" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="M33" s="27"/>
       <c r="N33" s="27"/>
       <c r="O33" s="28"/>
       <c r="P33" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q33" s="2"/>
     </row>
     <row r="34" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A34" s="2" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B34" s="26"/>
       <c r="C34" s="27"/>
       <c r="D34" s="27"/>
       <c r="E34" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F34" s="27"/>
       <c r="G34" s="27"/>
       <c r="H34" s="27"/>
       <c r="I34" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J34" s="26"/>
       <c r="K34" s="27"/>
       <c r="L34" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M34" s="27"/>
       <c r="N34" s="27"/>
       <c r="O34" s="28"/>
       <c r="P34" s="3" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q34" s="2" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="35" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A35" s="2" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B35" s="26"/>
       <c r="C35" s="27"/>
       <c r="D35" s="27"/>
       <c r="E35" s="27" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="F35" s="27"/>
       <c r="G35" s="27"/>
       <c r="H35" s="27"/>
       <c r="I35" s="28" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="J35" s="26"/>
       <c r="K35" s="27"/>
       <c r="L35" s="27" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="M35" s="27"/>
       <c r="N35" s="27"/>
       <c r="O35" s="28"/>
       <c r="P35" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q35" s="2"/>
     </row>
     <row r="36" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="2" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B36" s="26"/>
       <c r="C36" s="27"/>
       <c r="D36" s="27"/>
       <c r="E36" s="27" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F36" s="27"/>
       <c r="G36" s="27"/>
       <c r="H36" s="27"/>
       <c r="I36" s="28" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J36" s="26"/>
       <c r="K36" s="27"/>
       <c r="L36" s="27" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M36" s="27"/>
       <c r="N36" s="27"/>
       <c r="O36" s="28"/>
       <c r="P36" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q36" s="2"/>
     </row>
     <row r="37" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A37" s="2" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B37" s="26"/>
       <c r="C37" s="27"/>
       <c r="D37" s="27"/>
       <c r="E37" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F37" s="27"/>
       <c r="G37" s="27"/>
       <c r="H37" s="27"/>
       <c r="I37" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J37" s="26"/>
       <c r="K37" s="27"/>
       <c r="L37" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M37" s="27"/>
       <c r="N37" s="27"/>
       <c r="O37" s="28"/>
       <c r="P37" s="4" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
       <c r="Q37" s="2"/>
     </row>
     <row r="38" spans="1:17" ht="48" x14ac:dyDescent="0.25">
       <c r="A38" s="2" t="s">
-        <v>185</v>
+        <v>177</v>
       </c>
       <c r="B38" s="26"/>
       <c r="C38" s="27"/>
       <c r="D38" s="27"/>
       <c r="E38" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F38" s="27"/>
       <c r="G38" s="27"/>
       <c r="H38" s="27"/>
       <c r="I38" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J38" s="26"/>
       <c r="K38" s="27"/>
       <c r="L38" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M38" s="27"/>
       <c r="N38" s="27"/>
       <c r="O38" s="28"/>
       <c r="P38" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q38" s="2" t="s">
-        <v>149</v>
+        <v>144</v>
       </c>
     </row>
     <row r="39" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A39" s="2" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="B39" s="26"/>
       <c r="C39" s="27"/>
       <c r="D39" s="27"/>
       <c r="E39" s="27" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="F39" s="27"/>
       <c r="G39" s="27"/>
       <c r="H39" s="27"/>
       <c r="I39" s="28" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="J39" s="26"/>
       <c r="K39" s="27"/>
       <c r="L39" s="27" t="s">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="M39" s="27"/>
       <c r="N39" s="27"/>
       <c r="O39" s="28"/>
       <c r="P39" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q39" s="1"/>
     </row>
     <row r="40" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A40" s="2" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="B40" s="26"/>
       <c r="C40" s="27"/>
       <c r="D40" s="27"/>
       <c r="E40" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F40" s="27"/>
       <c r="G40" s="27"/>
       <c r="H40" s="27"/>
       <c r="I40" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J40" s="26"/>
       <c r="K40" s="27"/>
       <c r="L40" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M40" s="27"/>
       <c r="N40" s="27"/>
       <c r="O40" s="28"/>
       <c r="P40" s="4" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q40" s="1"/>
     </row>
     <row r="41" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A41" s="2" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="B41" s="26"/>
       <c r="C41" s="27"/>
       <c r="D41" s="27"/>
       <c r="E41" s="27" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="F41" s="27"/>
       <c r="G41" s="27"/>
       <c r="H41" s="27"/>
       <c r="I41" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J41" s="26"/>
       <c r="K41" s="27"/>
       <c r="L41" s="28" t="s">
         <v>7</v>
       </c>
       <c r="M41" s="27"/>
       <c r="N41" s="27"/>
       <c r="O41" s="28"/>
       <c r="P41" s="4" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="Q41" s="1"/>
     </row>
     <row r="42" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A42" s="2" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="B42" s="26"/>
       <c r="C42" s="27"/>
       <c r="D42" s="27"/>
       <c r="E42" s="27"/>
       <c r="F42" s="27"/>
       <c r="G42" s="27" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="H42" s="27" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="I42" s="28" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="J42" s="26"/>
       <c r="K42" s="27"/>
       <c r="L42" s="27" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="M42" s="27"/>
       <c r="N42" s="27"/>
       <c r="O42" s="28"/>
       <c r="P42" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q42" s="2"/>
     </row>
     <row r="43" spans="1:17" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A43" s="2" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="B43" s="26"/>
       <c r="C43" s="27"/>
       <c r="D43" s="27"/>
       <c r="E43" s="27"/>
       <c r="F43" s="27"/>
       <c r="G43" s="27"/>
       <c r="H43" s="27"/>
       <c r="I43" s="28" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J43" s="26"/>
       <c r="K43" s="27"/>
       <c r="L43" s="27" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M43" s="27"/>
       <c r="N43" s="27"/>
       <c r="O43" s="28"/>
       <c r="P43" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q43" s="2"/>
     </row>
     <row r="44" spans="1:17" ht="36" x14ac:dyDescent="0.25">
       <c r="A44" s="2" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B44" s="26"/>
       <c r="C44" s="27"/>
       <c r="D44" s="27"/>
       <c r="E44" s="27"/>
       <c r="F44" s="27"/>
       <c r="G44" s="27"/>
       <c r="H44" s="27"/>
       <c r="I44" s="28" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="J44" s="26"/>
       <c r="K44" s="27"/>
       <c r="L44" s="27" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="M44" s="27"/>
       <c r="N44" s="27"/>
       <c r="O44" s="28"/>
       <c r="P44" s="4" t="s">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="Q44" s="2" t="s">
-        <v>150</v>
+        <v>145</v>
       </c>
     </row>
     <row r="45" spans="1:17" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A45" s="2" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="B45" s="26"/>
       <c r="C45" s="27"/>
       <c r="D45" s="27"/>
       <c r="E45" s="27"/>
       <c r="F45" s="27"/>
       <c r="G45" s="27"/>
       <c r="H45" s="27"/>
       <c r="I45" s="28" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="J45" s="26"/>
       <c r="K45" s="27"/>
       <c r="L45" s="27" t="s">
         <v>8</v>
       </c>
       <c r="M45" s="27"/>
       <c r="N45" s="27"/>
       <c r="O45" s="28"/>
       <c r="P45" s="4" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="Q45" s="2" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
     </row>
     <row r="46" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A46" s="2" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="B46" s="26"/>
       <c r="C46" s="27"/>
       <c r="D46" s="27"/>
       <c r="E46" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="F46" s="27"/>
       <c r="G46" s="27"/>
       <c r="H46" s="27"/>
       <c r="I46" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="J46" s="26"/>
       <c r="K46" s="27"/>
       <c r="L46" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="M46" s="27"/>
       <c r="N46" s="27"/>
       <c r="O46" s="28"/>
       <c r="P46" s="4" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="Q46" s="2" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
     </row>
     <row r="47" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A47" s="2" t="s">
-        <v>187</v>
+        <v>179</v>
       </c>
       <c r="B47" s="26"/>
       <c r="C47" s="27"/>
       <c r="D47" s="27"/>
       <c r="E47" s="27"/>
       <c r="F47" s="27"/>
       <c r="G47" s="27"/>
       <c r="H47" s="27"/>
       <c r="I47" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="J47" s="26"/>
       <c r="K47" s="27"/>
       <c r="L47" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="M47" s="27"/>
       <c r="N47" s="27"/>
       <c r="O47" s="28"/>
       <c r="P47" s="4" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="Q47" s="2" t="s">
-        <v>97</v>
+        <v>92</v>
       </c>
     </row>
     <row r="48" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A48" s="1" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B48" s="26"/>
       <c r="C48" s="27"/>
       <c r="D48" s="27"/>
       <c r="E48" s="27"/>
       <c r="F48" s="27"/>
       <c r="G48" s="27"/>
       <c r="H48" s="27"/>
       <c r="I48" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J48" s="26"/>
       <c r="K48" s="27"/>
       <c r="L48" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M48" s="27"/>
       <c r="N48" s="27"/>
       <c r="O48" s="28"/>
       <c r="P48" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q48" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
     </row>
     <row r="49" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A49" s="2" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B49" s="26"/>
       <c r="C49" s="27"/>
       <c r="D49" s="27"/>
       <c r="E49" s="27"/>
       <c r="F49" s="27"/>
       <c r="G49" s="27"/>
       <c r="H49" s="27"/>
       <c r="I49" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="J49" s="26"/>
       <c r="K49" s="27"/>
       <c r="L49" s="27" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
       <c r="M49" s="27"/>
       <c r="N49" s="27"/>
       <c r="O49" s="28"/>
       <c r="P49" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q49" s="2" t="s">
-        <v>95</v>
+        <v>90</v>
       </c>
     </row>
     <row r="50" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A50" s="2" t="s">
-        <v>116</v>
+        <v>111</v>
       </c>
       <c r="B50" s="22"/>
       <c r="C50" s="23"/>
       <c r="D50" s="23"/>
       <c r="E50" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F50" s="23"/>
       <c r="G50" s="23"/>
       <c r="H50" s="23"/>
       <c r="I50" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J50" s="22"/>
       <c r="K50" s="23"/>
       <c r="L50" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M50" s="27"/>
       <c r="N50" s="27"/>
       <c r="O50" s="28"/>
       <c r="P50" s="6" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q50" s="2" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A51" s="2" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B51" s="22"/>
       <c r="C51" s="23"/>
       <c r="D51" s="23"/>
       <c r="E51" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F51" s="23"/>
       <c r="G51" s="23"/>
       <c r="H51" s="23"/>
       <c r="I51" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J51" s="22"/>
       <c r="K51" s="23"/>
       <c r="L51" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M51" s="27"/>
       <c r="N51" s="27"/>
       <c r="O51" s="28"/>
       <c r="P51" s="6" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q51" s="2"/>
     </row>
     <row r="52" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A52" s="2" t="s">
-        <v>124</v>
+        <v>119</v>
       </c>
       <c r="B52" s="22"/>
       <c r="C52" s="23"/>
       <c r="D52" s="23"/>
       <c r="E52" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F52" s="23"/>
       <c r="G52" s="23"/>
       <c r="H52" s="23"/>
       <c r="I52" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J52" s="22"/>
       <c r="K52" s="23"/>
       <c r="L52" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M52" s="27"/>
       <c r="N52" s="27"/>
       <c r="O52" s="28"/>
       <c r="P52" s="6" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q52" s="2"/>
     </row>
     <row r="53" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A53" s="2" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B53" s="22"/>
       <c r="C53" s="23"/>
       <c r="D53" s="23"/>
       <c r="E53" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F53" s="23"/>
       <c r="G53" s="23"/>
       <c r="H53" s="23"/>
       <c r="I53" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J53" s="22"/>
       <c r="K53" s="23"/>
       <c r="L53" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M53" s="27"/>
       <c r="N53" s="27"/>
       <c r="O53" s="28"/>
       <c r="P53" s="6" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q53" s="20"/>
     </row>
     <row r="54" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A54" s="2" t="s">
-        <v>152</v>
+        <v>147</v>
       </c>
       <c r="B54" s="26"/>
       <c r="C54" s="27"/>
       <c r="D54" s="27"/>
       <c r="E54" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F54" s="27"/>
       <c r="G54" s="27"/>
       <c r="H54" s="27"/>
       <c r="I54" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J54" s="26"/>
       <c r="K54" s="27"/>
       <c r="L54" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M54" s="27"/>
       <c r="N54" s="27"/>
       <c r="O54" s="28"/>
       <c r="P54" s="4" t="s">
-        <v>99</v>
+        <v>94</v>
       </c>
       <c r="Q54" s="2" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
     </row>
     <row r="55" spans="1:17" ht="48.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A55" s="2" t="s">
-        <v>83</v>
+        <v>78</v>
       </c>
       <c r="B55" s="26"/>
       <c r="C55" s="27"/>
       <c r="D55" s="27"/>
       <c r="E55" s="27"/>
       <c r="F55" s="27"/>
       <c r="G55" s="27"/>
       <c r="H55" s="27"/>
       <c r="I55" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J55" s="26"/>
       <c r="K55" s="27"/>
       <c r="L55" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M55" s="27"/>
       <c r="N55" s="27"/>
       <c r="O55" s="28"/>
       <c r="P55" s="3" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q55" s="1"/>
     </row>
     <row r="56" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A56" s="2" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="B56" s="26"/>
       <c r="C56" s="27"/>
       <c r="D56" s="27"/>
       <c r="E56" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F56" s="27"/>
       <c r="G56" s="27"/>
       <c r="H56" s="27"/>
       <c r="I56" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J56" s="26"/>
       <c r="K56" s="27"/>
       <c r="L56" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M56" s="27"/>
       <c r="N56" s="27"/>
       <c r="O56" s="28"/>
       <c r="P56" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q56" s="2"/>
     </row>
     <row r="57" spans="1:17" ht="75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A57" s="2" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="B57" s="26"/>
       <c r="C57" s="27"/>
       <c r="D57" s="27"/>
       <c r="E57" s="27" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F57" s="27"/>
       <c r="G57" s="27"/>
       <c r="H57" s="27"/>
       <c r="I57" s="28" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="J57" s="26"/>
       <c r="K57" s="27"/>
       <c r="L57" s="27" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="M57" s="27"/>
       <c r="N57" s="27"/>
       <c r="O57" s="28"/>
       <c r="P57" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q57" s="2" t="s">
-        <v>151</v>
+        <v>146</v>
       </c>
     </row>
     <row r="58" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A58" s="2" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B58" s="26"/>
       <c r="C58" s="27"/>
       <c r="D58" s="27"/>
       <c r="E58" s="27"/>
       <c r="F58" s="27"/>
       <c r="G58" s="27"/>
       <c r="H58" s="27"/>
       <c r="I58" s="28" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="J58" s="26"/>
       <c r="K58" s="27"/>
       <c r="L58" s="27" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="M58" s="27"/>
       <c r="N58" s="27"/>
       <c r="O58" s="28"/>
       <c r="P58" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q58" s="2" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
     </row>
     <row r="59" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A59" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B59" s="26"/>
       <c r="C59" s="27"/>
       <c r="D59" s="27"/>
       <c r="E59" s="27"/>
       <c r="F59" s="27"/>
       <c r="G59" s="27"/>
       <c r="H59" s="27"/>
       <c r="I59" s="28" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="J59" s="26"/>
       <c r="K59" s="27"/>
       <c r="L59" s="27" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="M59" s="27"/>
       <c r="N59" s="27"/>
       <c r="O59" s="28"/>
       <c r="P59" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q59" s="2" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
     </row>
     <row r="60" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A60" s="2" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="B60" s="26"/>
       <c r="C60" s="27"/>
       <c r="D60" s="27"/>
       <c r="E60" s="27"/>
       <c r="F60" s="27"/>
       <c r="G60" s="27"/>
       <c r="H60" s="27"/>
       <c r="I60" s="28" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="J60" s="26"/>
       <c r="K60" s="27"/>
       <c r="L60" s="27" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="M60" s="27"/>
       <c r="N60" s="27"/>
       <c r="O60" s="28"/>
       <c r="P60" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q60" s="2"/>
     </row>
     <row r="61" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A61" s="2" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B61" s="26"/>
       <c r="C61" s="27"/>
       <c r="D61" s="27"/>
       <c r="E61" s="27"/>
       <c r="F61" s="27"/>
       <c r="G61" s="27"/>
       <c r="H61" s="27"/>
       <c r="I61" s="28" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="J61" s="26"/>
       <c r="K61" s="27"/>
       <c r="L61" s="27" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="M61" s="27"/>
       <c r="N61" s="27"/>
       <c r="O61" s="28"/>
       <c r="P61" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q61" s="1"/>
     </row>
     <row r="62" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A62" s="2" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B62" s="26"/>
       <c r="C62" s="27"/>
       <c r="D62" s="27"/>
       <c r="E62" s="27"/>
       <c r="F62" s="27"/>
       <c r="G62" s="27"/>
       <c r="H62" s="27"/>
       <c r="I62" s="28" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="J62" s="26"/>
       <c r="K62" s="27"/>
       <c r="L62" s="27" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="M62" s="27"/>
       <c r="N62" s="27"/>
       <c r="O62" s="28"/>
       <c r="P62" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q62" s="1"/>
     </row>
     <row r="63" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A63" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B63" s="26"/>
       <c r="C63" s="27"/>
       <c r="D63" s="27"/>
       <c r="E63" s="27" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F63" s="27"/>
       <c r="G63" s="27"/>
       <c r="H63" s="27"/>
       <c r="I63" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J63" s="26"/>
       <c r="K63" s="27"/>
       <c r="L63" s="27" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="M63" s="27"/>
       <c r="N63" s="27"/>
       <c r="O63" s="28"/>
       <c r="P63" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q63" s="1"/>
     </row>
     <row r="64" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A64" s="2" t="s">
-        <v>194</v>
+        <v>186</v>
       </c>
       <c r="B64" s="26"/>
       <c r="C64" s="27"/>
       <c r="D64" s="27" t="s">
-        <v>195</v>
+        <v>187</v>
       </c>
       <c r="E64" s="27"/>
       <c r="F64" s="27"/>
       <c r="G64" s="27"/>
       <c r="H64" s="27"/>
       <c r="I64" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J64" s="26"/>
       <c r="K64" s="27"/>
       <c r="L64" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M64" s="27"/>
       <c r="N64" s="27"/>
       <c r="O64" s="28"/>
       <c r="P64" s="4" t="s">
-        <v>154</v>
+        <v>149</v>
       </c>
       <c r="Q64" s="1"/>
     </row>
     <row r="65" spans="1:17" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A65" s="2" t="s">
-        <v>109</v>
+        <v>104</v>
       </c>
       <c r="B65" s="26"/>
       <c r="C65" s="27"/>
       <c r="D65" s="27"/>
       <c r="E65" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F65" s="27"/>
       <c r="G65" s="27"/>
       <c r="H65" s="27"/>
       <c r="I65" s="28" t="s">
-        <v>105</v>
+        <v>100</v>
       </c>
       <c r="J65" s="26"/>
       <c r="K65" s="27"/>
       <c r="L65" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M65" s="27"/>
       <c r="N65" s="27"/>
       <c r="O65" s="28"/>
       <c r="P65" s="4" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="Q65" s="2"/>
     </row>
     <row r="66" spans="1:17" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A66" s="2" t="s">
-        <v>144</v>
+        <v>139</v>
       </c>
       <c r="B66" s="26"/>
       <c r="C66" s="27"/>
       <c r="D66" s="27"/>
       <c r="E66" s="27"/>
       <c r="F66" s="27"/>
       <c r="G66" s="27"/>
       <c r="H66" s="27"/>
       <c r="I66" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J66" s="26"/>
       <c r="K66" s="27"/>
       <c r="L66" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M66" s="27"/>
       <c r="N66" s="27"/>
       <c r="O66" s="28"/>
       <c r="P66" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q66" s="2"/>
     </row>
     <row r="67" spans="1:17" ht="57.4" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A67" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B67" s="26"/>
       <c r="C67" s="27"/>
       <c r="D67" s="27"/>
       <c r="E67" s="27"/>
       <c r="F67" s="27"/>
       <c r="G67" s="27"/>
       <c r="H67" s="27"/>
       <c r="I67" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J67" s="26"/>
       <c r="K67" s="27"/>
       <c r="L67" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M67" s="27"/>
       <c r="N67" s="27"/>
       <c r="O67" s="28"/>
       <c r="P67" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q67" s="2" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
     </row>
     <row r="68" spans="1:17" ht="66" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A68" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B68" s="26"/>
       <c r="C68" s="27"/>
       <c r="D68" s="27"/>
       <c r="E68" s="27"/>
       <c r="F68" s="27"/>
       <c r="G68" s="27"/>
       <c r="H68" s="27"/>
       <c r="I68" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J68" s="26"/>
       <c r="K68" s="27"/>
       <c r="L68" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M68" s="27"/>
       <c r="N68" s="27"/>
       <c r="O68" s="28"/>
       <c r="P68" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q68" s="2" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="69" spans="1:17" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A69" s="2" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="B69" s="26"/>
       <c r="C69" s="27"/>
       <c r="D69" s="27"/>
       <c r="E69" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F69" s="27"/>
       <c r="G69" s="27"/>
       <c r="H69" s="27"/>
       <c r="I69" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J69" s="26"/>
       <c r="K69" s="27"/>
       <c r="L69" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M69" s="27"/>
       <c r="N69" s="27"/>
       <c r="O69" s="28"/>
       <c r="P69" s="4" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q69" s="2"/>
     </row>
-    <row r="70" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:17" ht="40.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A70" s="2" t="s">
-        <v>24</v>
+        <v>141</v>
       </c>
       <c r="B70" s="26"/>
       <c r="C70" s="27"/>
       <c r="D70" s="27"/>
       <c r="E70" s="27"/>
       <c r="F70" s="27"/>
       <c r="G70" s="27"/>
       <c r="H70" s="27"/>
-      <c r="I70" s="28"/>
+      <c r="I70" s="28" t="s">
+        <v>7</v>
+      </c>
       <c r="J70" s="26"/>
       <c r="K70" s="27"/>
       <c r="L70" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M70" s="27"/>
       <c r="N70" s="27"/>
       <c r="O70" s="28"/>
       <c r="P70" s="3" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-    <row r="71" spans="1:17" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+        <v>94</v>
+      </c>
+      <c r="Q70" s="2"/>
+    </row>
+    <row r="71" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A71" s="2" t="s">
-        <v>161</v>
+        <v>38</v>
       </c>
       <c r="B71" s="26"/>
       <c r="C71" s="27"/>
       <c r="D71" s="27"/>
-      <c r="E71" s="27"/>
+      <c r="E71" s="27" t="s">
+        <v>35</v>
+      </c>
       <c r="F71" s="27"/>
       <c r="G71" s="27"/>
       <c r="H71" s="27"/>
-      <c r="I71" s="28"/>
+      <c r="I71" s="28" t="s">
+        <v>35</v>
+      </c>
       <c r="J71" s="26"/>
       <c r="K71" s="27"/>
       <c r="L71" s="27" t="s">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="M71" s="27"/>
       <c r="N71" s="27"/>
       <c r="O71" s="28"/>
-      <c r="P71" s="3" t="s">
-        <v>34</v>
+      <c r="P71" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="Q71" s="2" t="s">
-        <v>163</v>
-[...2 lines deleted...]
-    <row r="72" spans="1:17" ht="40.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A72" s="2" t="s">
-        <v>146</v>
+        <v>82</v>
       </c>
       <c r="B72" s="26"/>
       <c r="C72" s="27"/>
       <c r="D72" s="27"/>
-      <c r="E72" s="27"/>
+      <c r="E72" s="27" t="s">
+        <v>7</v>
+      </c>
       <c r="F72" s="27"/>
       <c r="G72" s="27"/>
       <c r="H72" s="27"/>
       <c r="I72" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J72" s="26"/>
       <c r="K72" s="27"/>
       <c r="L72" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M72" s="27"/>
       <c r="N72" s="27"/>
       <c r="O72" s="28"/>
-      <c r="P72" s="3" t="s">
-        <v>99</v>
+      <c r="P72" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="Q72" s="2"/>
     </row>
-    <row r="73" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:17" ht="40.049999999999997" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A73" s="2" t="s">
-        <v>42</v>
+        <v>190</v>
       </c>
       <c r="B73" s="26"/>
       <c r="C73" s="27"/>
       <c r="D73" s="27"/>
-      <c r="E73" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E73" s="27"/>
       <c r="F73" s="27"/>
       <c r="G73" s="27"/>
       <c r="H73" s="27"/>
       <c r="I73" s="28" t="s">
-        <v>39</v>
+        <v>191</v>
       </c>
       <c r="J73" s="26"/>
       <c r="K73" s="27"/>
-      <c r="L73" s="27" t="s">
-        <v>39</v>
+      <c r="L73" s="23" t="s">
+        <v>168</v>
       </c>
       <c r="M73" s="27"/>
       <c r="N73" s="27"/>
       <c r="O73" s="28"/>
       <c r="P73" s="4" t="s">
-        <v>34</v>
+        <v>192</v>
       </c>
       <c r="Q73" s="2" t="s">
-        <v>165</v>
-[...2 lines deleted...]
-    <row r="74" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="74" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A74" s="2" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="B74" s="26"/>
       <c r="C74" s="27"/>
       <c r="D74" s="27"/>
-      <c r="E74" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E74" s="27"/>
       <c r="F74" s="27"/>
-      <c r="G74" s="27"/>
-      <c r="H74" s="27"/>
+      <c r="G74" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="H74" s="27" t="s">
+        <v>18</v>
+      </c>
       <c r="I74" s="28" t="s">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="J74" s="26"/>
       <c r="K74" s="27"/>
-      <c r="L74" s="27" t="s">
+      <c r="L74" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M74" s="27"/>
       <c r="N74" s="27"/>
       <c r="O74" s="28"/>
-      <c r="P74" s="4" t="s">
-[...4 lines deleted...]
-    <row r="75" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P74" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q74" s="2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A75" s="2" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="B75" s="26"/>
       <c r="C75" s="27"/>
       <c r="D75" s="27"/>
-      <c r="E75" s="27"/>
+      <c r="E75" s="27" t="s">
+        <v>8</v>
+      </c>
       <c r="F75" s="27"/>
-      <c r="G75" s="27" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G75" s="27"/>
+      <c r="H75" s="27"/>
       <c r="I75" s="28" t="s">
-        <v>19</v>
+        <v>100</v>
       </c>
       <c r="J75" s="26"/>
       <c r="K75" s="27"/>
-      <c r="L75" s="23" t="s">
-        <v>7</v>
+      <c r="L75" s="27" t="s">
+        <v>100</v>
       </c>
       <c r="M75" s="27"/>
       <c r="N75" s="27"/>
       <c r="O75" s="28"/>
       <c r="P75" s="3" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:17" ht="29.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>105</v>
+      </c>
+      <c r="Q75" s="2"/>
+    </row>
+    <row r="76" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A76" s="2" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B76" s="26"/>
       <c r="C76" s="27"/>
       <c r="D76" s="27"/>
-      <c r="E76" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E76" s="27"/>
       <c r="F76" s="27"/>
       <c r="G76" s="27"/>
       <c r="H76" s="27"/>
       <c r="I76" s="28" t="s">
-        <v>105</v>
+        <v>7</v>
       </c>
       <c r="J76" s="26"/>
       <c r="K76" s="27"/>
       <c r="L76" s="27" t="s">
-        <v>105</v>
+        <v>7</v>
       </c>
       <c r="M76" s="27"/>
       <c r="N76" s="27"/>
       <c r="O76" s="28"/>
-      <c r="P76" s="3" t="s">
-        <v>110</v>
+      <c r="P76" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="Q76" s="2"/>
     </row>
     <row r="77" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A77" s="2" t="s">
-        <v>120</v>
+        <v>86</v>
       </c>
       <c r="B77" s="26"/>
       <c r="C77" s="27"/>
       <c r="D77" s="27"/>
       <c r="E77" s="27"/>
       <c r="F77" s="27"/>
       <c r="G77" s="27"/>
       <c r="H77" s="27"/>
-      <c r="I77" s="28" t="s">
-        <v>7</v>
+      <c r="I77" s="27" t="s">
+        <v>89</v>
       </c>
       <c r="J77" s="26"/>
       <c r="K77" s="27"/>
       <c r="L77" s="27" t="s">
-        <v>7</v>
+        <v>89</v>
       </c>
       <c r="M77" s="27"/>
       <c r="N77" s="27"/>
       <c r="O77" s="28"/>
       <c r="P77" s="4" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-    <row r="78" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>91</v>
+      </c>
+      <c r="Q77" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="78" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A78" s="2" t="s">
-        <v>23</v>
+        <v>60</v>
       </c>
       <c r="B78" s="26"/>
       <c r="C78" s="27"/>
       <c r="D78" s="27"/>
-      <c r="E78" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E78" s="27"/>
       <c r="F78" s="27"/>
       <c r="G78" s="27"/>
       <c r="H78" s="27"/>
       <c r="I78" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J78" s="26"/>
       <c r="K78" s="27"/>
       <c r="L78" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M78" s="27"/>
       <c r="N78" s="27"/>
       <c r="O78" s="28"/>
       <c r="P78" s="4" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="Q78" s="1"/>
+        <v>30</v>
+      </c>
+      <c r="Q78" s="2" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="79" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A79" s="2" t="s">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="B79" s="26"/>
       <c r="C79" s="27"/>
       <c r="D79" s="27"/>
       <c r="E79" s="27" t="s">
         <v>7</v>
       </c>
       <c r="F79" s="27"/>
       <c r="G79" s="27"/>
       <c r="H79" s="27"/>
       <c r="I79" s="28" t="s">
         <v>7</v>
       </c>
       <c r="J79" s="26"/>
       <c r="K79" s="27"/>
       <c r="L79" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M79" s="27"/>
       <c r="N79" s="27"/>
       <c r="O79" s="28"/>
       <c r="P79" s="4" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-    <row r="80" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+      <c r="Q79" s="1"/>
+    </row>
+    <row r="80" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A80" s="2" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="B80" s="26"/>
       <c r="C80" s="27"/>
       <c r="D80" s="27"/>
-      <c r="E80" s="27"/>
+      <c r="E80" s="27" t="s">
+        <v>7</v>
+      </c>
       <c r="F80" s="27"/>
       <c r="G80" s="27"/>
       <c r="H80" s="27"/>
-      <c r="I80" s="27" t="s">
-        <v>94</v>
+      <c r="I80" s="28" t="s">
+        <v>7</v>
       </c>
       <c r="J80" s="26"/>
       <c r="K80" s="27"/>
       <c r="L80" s="27" t="s">
-        <v>94</v>
+        <v>7</v>
       </c>
       <c r="M80" s="27"/>
       <c r="N80" s="27"/>
       <c r="O80" s="28"/>
       <c r="P80" s="4" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-    <row r="81" spans="1:19" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>30</v>
+      </c>
+      <c r="Q80" s="1"/>
+    </row>
+    <row r="81" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A81" s="2" t="s">
-        <v>65</v>
+        <v>122</v>
       </c>
       <c r="B81" s="26"/>
       <c r="C81" s="27"/>
-      <c r="D81" s="27"/>
+      <c r="D81" s="27" t="s">
+        <v>7</v>
+      </c>
       <c r="E81" s="27"/>
       <c r="F81" s="27"/>
       <c r="G81" s="27"/>
       <c r="H81" s="27"/>
       <c r="I81" s="28" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="J81" s="26"/>
       <c r="K81" s="27"/>
       <c r="L81" s="27" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="M81" s="27"/>
       <c r="N81" s="27"/>
       <c r="O81" s="28"/>
       <c r="P81" s="4" t="s">
-        <v>34</v>
-[...34 lines deleted...]
-    <row r="83" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+        <v>149</v>
+      </c>
+      <c r="Q81" s="1" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="82" spans="1:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="10" t="s">
+        <v>99</v>
+      </c>
+      <c r="B82" s="22"/>
+      <c r="C82" s="23"/>
+      <c r="D82" s="23"/>
+      <c r="E82" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="F82" s="23"/>
+      <c r="G82" s="23"/>
+      <c r="H82" s="23"/>
+      <c r="I82" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="J82" s="22"/>
+      <c r="K82" s="23"/>
+      <c r="L82" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="M82" s="23"/>
+      <c r="N82" s="23"/>
+      <c r="O82" s="24"/>
+      <c r="P82" s="6" t="s">
+        <v>185</v>
+      </c>
+      <c r="Q82" s="10"/>
+    </row>
+    <row r="83" spans="1:19" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A83" s="2" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="B83" s="26"/>
       <c r="C83" s="27"/>
       <c r="D83" s="27"/>
       <c r="E83" s="27" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="F83" s="27"/>
       <c r="G83" s="27"/>
       <c r="H83" s="27"/>
       <c r="I83" s="28" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="J83" s="26"/>
       <c r="K83" s="27"/>
       <c r="L83" s="27" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="M83" s="27"/>
       <c r="N83" s="27"/>
       <c r="O83" s="28"/>
-      <c r="P83" s="4" t="s">
-[...4 lines deleted...]
-    <row r="84" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P83" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q83" s="2"/>
+      <c r="S83" s="30"/>
+    </row>
+    <row r="84" spans="1:19" ht="48" x14ac:dyDescent="0.25">
       <c r="A84" s="2" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B84" s="26"/>
       <c r="C84" s="27"/>
-      <c r="D84" s="27" t="s">
-[...2 lines deleted...]
-      <c r="E84" s="27"/>
+      <c r="D84" s="27"/>
+      <c r="E84" s="27" t="s">
+        <v>7</v>
+      </c>
       <c r="F84" s="27"/>
       <c r="G84" s="27"/>
       <c r="H84" s="27"/>
       <c r="I84" s="28" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="J84" s="26"/>
       <c r="K84" s="27"/>
       <c r="L84" s="27" t="s">
-        <v>31</v>
+        <v>7</v>
       </c>
       <c r="M84" s="27"/>
       <c r="N84" s="27"/>
       <c r="O84" s="28"/>
-      <c r="P84" s="4" t="s">
-[...35 lines deleted...]
-    <row r="86" spans="1:19" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P84" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q84" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="S84" s="30"/>
+    </row>
+    <row r="85" spans="1:19" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B85" s="26"/>
+      <c r="C85" s="27"/>
+      <c r="D85" s="27"/>
+      <c r="E85" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="F85" s="27"/>
+      <c r="G85" s="27"/>
+      <c r="H85" s="27"/>
+      <c r="I85" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="J85" s="26"/>
+      <c r="K85" s="27"/>
+      <c r="L85" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="M85" s="27"/>
+      <c r="N85" s="27"/>
+      <c r="O85" s="28"/>
+      <c r="P85" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q85" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="S85" s="30"/>
+    </row>
+    <row r="86" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A86" s="2" t="s">
-        <v>61</v>
+        <v>32</v>
       </c>
       <c r="B86" s="26"/>
       <c r="C86" s="27"/>
       <c r="D86" s="27"/>
-      <c r="E86" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E86" s="27"/>
       <c r="F86" s="27"/>
       <c r="G86" s="27"/>
       <c r="H86" s="27"/>
-      <c r="I86" s="28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I86" s="28"/>
       <c r="J86" s="26"/>
       <c r="K86" s="27"/>
       <c r="L86" s="27" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="M86" s="27"/>
       <c r="N86" s="27"/>
       <c r="O86" s="28"/>
       <c r="P86" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="Q86" s="2"/>
+        <v>30</v>
+      </c>
+      <c r="Q86" s="2" t="s">
+        <v>130</v>
+      </c>
       <c r="S86" s="30"/>
     </row>
-    <row r="87" spans="1:19" ht="48" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:19" ht="24" x14ac:dyDescent="0.25">
       <c r="A87" s="2" t="s">
-        <v>136</v>
+        <v>83</v>
       </c>
       <c r="B87" s="26"/>
       <c r="C87" s="27"/>
       <c r="D87" s="27"/>
-      <c r="E87" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E87" s="27"/>
       <c r="F87" s="27"/>
       <c r="G87" s="27"/>
       <c r="H87" s="27"/>
-      <c r="I87" s="28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I87" s="28"/>
       <c r="J87" s="26"/>
       <c r="K87" s="27"/>
       <c r="L87" s="27" t="s">
         <v>7</v>
       </c>
       <c r="M87" s="27"/>
       <c r="N87" s="27"/>
       <c r="O87" s="28"/>
-      <c r="P87" s="5" t="s">
-        <v>34</v>
+      <c r="P87" s="4" t="s">
+        <v>30</v>
       </c>
       <c r="Q87" s="2" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-    <row r="88" spans="1:19" ht="36" customHeight="1" x14ac:dyDescent="0.25">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="88" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A88" s="2" t="s">
-        <v>119</v>
+        <v>88</v>
       </c>
       <c r="B88" s="26"/>
       <c r="C88" s="27"/>
       <c r="D88" s="27"/>
-      <c r="E88" s="27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E88" s="27"/>
       <c r="F88" s="27"/>
       <c r="G88" s="27"/>
       <c r="H88" s="27"/>
-      <c r="I88" s="28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I88" s="28"/>
       <c r="J88" s="26"/>
       <c r="K88" s="27"/>
       <c r="L88" s="27" t="s">
-        <v>7</v>
+        <v>89</v>
       </c>
       <c r="M88" s="27"/>
       <c r="N88" s="27"/>
       <c r="O88" s="28"/>
-      <c r="P88" s="5" t="s">
-[...7 lines deleted...]
-    <row r="89" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P88" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q88" s="2"/>
+    </row>
+    <row r="89" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A89" s="2" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="B89" s="26"/>
       <c r="C89" s="27"/>
       <c r="D89" s="27"/>
       <c r="E89" s="27"/>
       <c r="F89" s="27"/>
       <c r="G89" s="27"/>
       <c r="H89" s="27"/>
       <c r="I89" s="28"/>
       <c r="J89" s="26"/>
       <c r="K89" s="27"/>
       <c r="L89" s="27" t="s">
-        <v>35</v>
+        <v>89</v>
       </c>
       <c r="M89" s="27"/>
       <c r="N89" s="27"/>
       <c r="O89" s="28"/>
-      <c r="P89" s="5" t="s">
-[...20 lines deleted...]
-      <c r="K90" s="27"/>
+      <c r="P89" s="4" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q89" s="2"/>
+    </row>
+    <row r="90" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="8" t="s">
+        <v>132</v>
+      </c>
+      <c r="B90" s="31"/>
+      <c r="C90" s="32"/>
+      <c r="D90" s="32"/>
+      <c r="E90" s="32"/>
+      <c r="F90" s="32"/>
+      <c r="G90" s="32"/>
+      <c r="H90" s="32"/>
+      <c r="I90" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="J90" s="31"/>
+      <c r="K90" s="32"/>
       <c r="L90" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="M90" s="27"/>
-[...5 lines deleted...]
-      <c r="Q90" s="2" t="s">
+      <c r="M90" s="32"/>
+      <c r="N90" s="32"/>
+      <c r="O90" s="34"/>
+      <c r="P90" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q90" s="8" t="s">
+        <v>170</v>
+      </c>
+      <c r="S90" s="29"/>
+    </row>
+    <row r="91" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="8" t="s">
+        <v>73</v>
+      </c>
+      <c r="B91" s="31"/>
+      <c r="C91" s="32"/>
+      <c r="D91" s="32"/>
+      <c r="E91" s="32"/>
+      <c r="F91" s="32"/>
+      <c r="G91" s="32"/>
+      <c r="H91" s="32"/>
+      <c r="I91" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="J91" s="31"/>
+      <c r="K91" s="32"/>
+      <c r="L91" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="M91" s="32"/>
+      <c r="N91" s="32"/>
+      <c r="O91" s="34"/>
+      <c r="P91" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q91" s="8" t="s">
         <v>171</v>
       </c>
-    </row>
-[...38 lines deleted...]
-      <c r="K92" s="27"/>
+      <c r="S91" s="29"/>
+    </row>
+    <row r="92" spans="1:19" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="B92" s="31"/>
+      <c r="C92" s="32"/>
+      <c r="D92" s="32"/>
+      <c r="E92" s="32" t="s">
+        <v>7</v>
+      </c>
+      <c r="F92" s="32"/>
+      <c r="G92" s="32"/>
+      <c r="H92" s="32"/>
+      <c r="I92" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="J92" s="31"/>
+      <c r="K92" s="32"/>
       <c r="L92" s="27" t="s">
-        <v>94</v>
-[...7 lines deleted...]
-      <c r="Q92" s="2"/>
+        <v>7</v>
+      </c>
+      <c r="M92" s="32"/>
+      <c r="N92" s="32"/>
+      <c r="O92" s="34"/>
+      <c r="P92" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q92" s="8"/>
+      <c r="S92" s="29"/>
     </row>
     <row r="93" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A93" s="8" t="s">
-        <v>137</v>
+        <v>181</v>
       </c>
       <c r="B93" s="31"/>
       <c r="C93" s="32"/>
       <c r="D93" s="32"/>
       <c r="E93" s="32"/>
       <c r="F93" s="32"/>
       <c r="G93" s="32"/>
       <c r="H93" s="32"/>
-      <c r="I93" s="28" t="s">
+      <c r="I93" s="34" t="s">
         <v>7</v>
       </c>
       <c r="J93" s="31"/>
       <c r="K93" s="32"/>
-      <c r="L93" s="27" t="s">
+      <c r="L93" s="32" t="s">
         <v>7</v>
       </c>
       <c r="M93" s="32"/>
       <c r="N93" s="32"/>
       <c r="O93" s="34"/>
       <c r="P93" s="7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="Q93" s="8"/>
       <c r="S93" s="29"/>
     </row>
     <row r="94" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A94" s="8" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
       <c r="B94" s="31"/>
       <c r="C94" s="32"/>
       <c r="D94" s="32"/>
       <c r="E94" s="32"/>
       <c r="F94" s="32"/>
       <c r="G94" s="32"/>
       <c r="H94" s="32"/>
-      <c r="I94" s="28" t="s">
+      <c r="I94" s="34" t="s">
         <v>7</v>
       </c>
       <c r="J94" s="31"/>
       <c r="K94" s="32"/>
-      <c r="L94" s="27" t="s">
+      <c r="L94" s="32" t="s">
         <v>7</v>
       </c>
       <c r="M94" s="32"/>
       <c r="N94" s="32"/>
       <c r="O94" s="34"/>
       <c r="P94" s="7" t="s">
-        <v>34</v>
-[...3 lines deleted...]
-      </c>
+        <v>149</v>
+      </c>
+      <c r="Q94" s="8"/>
       <c r="S94" s="29"/>
     </row>
-    <row r="95" spans="1:19" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:19" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A95" s="8" t="s">
-        <v>121</v>
+        <v>58</v>
       </c>
       <c r="B95" s="31"/>
       <c r="C95" s="32"/>
       <c r="D95" s="32"/>
       <c r="E95" s="32" t="s">
-        <v>7</v>
+        <v>55</v>
       </c>
       <c r="F95" s="32"/>
       <c r="G95" s="32"/>
       <c r="H95" s="32"/>
-      <c r="I95" s="28" t="s">
-        <v>7</v>
+      <c r="I95" s="34" t="s">
+        <v>55</v>
       </c>
       <c r="J95" s="31"/>
       <c r="K95" s="32"/>
-      <c r="L95" s="27" t="s">
-        <v>7</v>
+      <c r="L95" s="32" t="s">
+        <v>55</v>
       </c>
       <c r="M95" s="32"/>
       <c r="N95" s="32"/>
       <c r="O95" s="34"/>
       <c r="P95" s="7" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="Q95" s="8"/>
       <c r="S95" s="29"/>
     </row>
-    <row r="96" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:19" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A96" s="8" t="s">
-        <v>189</v>
+        <v>68</v>
       </c>
       <c r="B96" s="31"/>
       <c r="C96" s="32"/>
       <c r="D96" s="32"/>
       <c r="E96" s="32"/>
       <c r="F96" s="32"/>
       <c r="G96" s="32"/>
       <c r="H96" s="32"/>
-      <c r="I96" s="34" t="s">
-[...2 lines deleted...]
-      <c r="J96" s="31"/>
+      <c r="I96" s="34"/>
+      <c r="J96" s="35"/>
       <c r="K96" s="32"/>
       <c r="L96" s="32" t="s">
-        <v>7</v>
+        <v>69</v>
       </c>
       <c r="M96" s="32"/>
       <c r="N96" s="32"/>
-      <c r="O96" s="34"/>
-[...8 lines deleted...]
-        <v>190</v>
+      <c r="O96" s="33"/>
+      <c r="P96" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q96" s="18"/>
+    </row>
+    <row r="97" spans="1:17" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="16" t="s">
+        <v>183</v>
       </c>
       <c r="B97" s="31"/>
       <c r="C97" s="32"/>
       <c r="D97" s="32"/>
       <c r="E97" s="32"/>
       <c r="F97" s="32"/>
       <c r="G97" s="32"/>
       <c r="H97" s="32"/>
       <c r="I97" s="34" t="s">
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="J97" s="31"/>
+        <v>52</v>
+      </c>
+      <c r="J97" s="35"/>
       <c r="K97" s="32"/>
       <c r="L97" s="32" t="s">
-        <v>7</v>
+        <v>52</v>
       </c>
       <c r="M97" s="32"/>
       <c r="N97" s="32"/>
-      <c r="O97" s="34"/>
-[...8 lines deleted...]
-        <v>62</v>
+      <c r="O97" s="33"/>
+      <c r="P97" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q97" s="18" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="98" spans="1:17" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="16" t="s">
+        <v>142</v>
       </c>
       <c r="B98" s="31"/>
       <c r="C98" s="32"/>
       <c r="D98" s="32"/>
-      <c r="E98" s="32" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E98" s="32"/>
       <c r="F98" s="32"/>
       <c r="G98" s="32"/>
       <c r="H98" s="32"/>
       <c r="I98" s="34" t="s">
-        <v>59</v>
-[...1 lines deleted...]
-      <c r="J98" s="31"/>
+        <v>7</v>
+      </c>
+      <c r="J98" s="35"/>
       <c r="K98" s="32"/>
       <c r="L98" s="32" t="s">
-        <v>59</v>
+        <v>7</v>
       </c>
       <c r="M98" s="32"/>
       <c r="N98" s="32"/>
-      <c r="O98" s="34"/>
-[...8 lines deleted...]
-        <v>73</v>
+      <c r="O98" s="33"/>
+      <c r="P98" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q98" s="18"/>
+    </row>
+    <row r="99" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="16" t="s">
+        <v>184</v>
       </c>
       <c r="B99" s="31"/>
       <c r="C99" s="32"/>
       <c r="D99" s="32"/>
       <c r="E99" s="32"/>
       <c r="F99" s="32"/>
       <c r="G99" s="32"/>
       <c r="H99" s="32"/>
       <c r="I99" s="34"/>
       <c r="J99" s="35"/>
       <c r="K99" s="32"/>
       <c r="L99" s="32" t="s">
-        <v>74</v>
+        <v>7</v>
       </c>
       <c r="M99" s="32"/>
       <c r="N99" s="32"/>
       <c r="O99" s="33"/>
-      <c r="P99" s="9" t="s">
-[...4 lines deleted...]
-    <row r="100" spans="1:19" ht="43.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P99" s="7" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q99" s="17" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="100" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A100" s="16" t="s">
-        <v>191</v>
+        <v>29</v>
       </c>
       <c r="B100" s="31"/>
       <c r="C100" s="32"/>
       <c r="D100" s="32"/>
       <c r="E100" s="32"/>
       <c r="F100" s="32"/>
       <c r="G100" s="32"/>
       <c r="H100" s="32"/>
       <c r="I100" s="34" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="J100" s="35"/>
       <c r="K100" s="32"/>
       <c r="L100" s="32" t="s">
-        <v>56</v>
+        <v>27</v>
       </c>
       <c r="M100" s="32"/>
       <c r="N100" s="32"/>
       <c r="O100" s="33"/>
-      <c r="P100" s="9" t="s">
-        <v>34</v>
+      <c r="P100" s="7" t="s">
+        <v>30</v>
       </c>
       <c r="Q100" s="18" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-    <row r="101" spans="1:19" ht="54" customHeight="1" x14ac:dyDescent="0.25">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="101" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A101" s="16" t="s">
-        <v>147</v>
+        <v>74</v>
       </c>
       <c r="B101" s="31"/>
       <c r="C101" s="32"/>
       <c r="D101" s="32"/>
       <c r="E101" s="32"/>
       <c r="F101" s="32"/>
       <c r="G101" s="32"/>
       <c r="H101" s="32"/>
       <c r="I101" s="34" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="J101" s="35"/>
       <c r="K101" s="32"/>
       <c r="L101" s="32" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="M101" s="32"/>
       <c r="N101" s="32"/>
       <c r="O101" s="33"/>
-      <c r="P101" s="9" t="s">
-        <v>34</v>
+      <c r="P101" s="7" t="s">
+        <v>30</v>
       </c>
       <c r="Q101" s="18"/>
     </row>
-    <row r="102" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...66 lines deleted...]
-      <c r="I104" s="34" t="s">
+    <row r="102" spans="1:17" ht="60.4" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A102" s="37" t="s">
+        <v>135</v>
+      </c>
+      <c r="B102" s="38"/>
+      <c r="C102" s="39"/>
+      <c r="D102" s="39"/>
+      <c r="E102" s="39"/>
+      <c r="F102" s="39"/>
+      <c r="G102" s="39"/>
+      <c r="H102" s="39"/>
+      <c r="I102" s="40" t="s">
         <v>8</v>
       </c>
-      <c r="J104" s="35"/>
-[...1 lines deleted...]
-      <c r="L104" s="32" t="s">
+      <c r="J102" s="41"/>
+      <c r="K102" s="39"/>
+      <c r="L102" s="39" t="s">
         <v>8</v>
       </c>
-      <c r="M104" s="32"/>
-[...36 lines deleted...]
-    <row r="106" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
+      <c r="M102" s="39"/>
+      <c r="N102" s="39"/>
+      <c r="O102" s="42"/>
+      <c r="P102" s="43" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q102" s="44" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="103" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
-  <autoFilter ref="A2:S105" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:S102" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="5">
     <mergeCell ref="Q1:Q2"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="P1:P2"/>
     <mergeCell ref="J1:O1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="7.874015748031496E-2" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" scale="97" fitToHeight="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>