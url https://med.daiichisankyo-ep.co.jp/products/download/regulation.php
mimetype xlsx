--- v1 (2026-01-27)
+++ v2 (2026-02-16)
@@ -1,85 +1,85 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="25601"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\teran44z\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{614478AB-DEF9-4C1F-9EA4-80A46FC95329}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{D7001CDE-B91E-42F8-B02C-78CAC016CFAC}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-98" yWindow="-98" windowWidth="21795" windowHeight="13996" tabRatio="693" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="14856" tabRatio="693" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="DSEP取扱い製品" sheetId="6" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">DSEP取扱い製品!$A$2:$S$102</definedName>
-    <definedName name="_xlnm.Print_Area" localSheetId="0">DSEP取扱い製品!$A$1:$Q$102</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">DSEP取扱い製品!$A$2:$S$104</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">DSEP取扱い製品!$A$1:$Q$104</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">DSEP取扱い製品!$1:$2</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="503" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="509" uniqueCount="198">
   <si>
     <t>製品名</t>
     <rPh sb="0" eb="3">
       <t>セイヒンメイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>規制区分</t>
     <rPh sb="0" eb="2">
       <t>キセイ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>クブン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
@@ -658,54 +658,50 @@
   <si>
     <t>レトロゾール錠2.5mg「DSEP」</t>
     <rPh sb="6" eb="7">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>開封後は湿気を避けて保存すること。</t>
     <rPh sb="0" eb="2">
       <t>カイフウ</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>ゴ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>シッケ</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>サ</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>ホゾン</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...2 lines deleted...]
-    <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>アムバロ配合錠「DSEP」</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>2年6ヶ月</t>
     <rPh sb="1" eb="2">
       <t>ネン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ゲツ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>○</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>○</t>
@@ -1471,66 +1467,50 @@
     <t>本品は遮光保存する必要があるため、服用直前までPTPシートから取り出さないこと。</t>
     <rPh sb="0" eb="2">
       <t>ホンピン</t>
     </rPh>
     <rPh sb="3" eb="7">
       <t>シャコウホゾン</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>ヒツヨウ</t>
     </rPh>
     <rPh sb="17" eb="19">
       <t>フクヨウ</t>
     </rPh>
     <rPh sb="19" eb="21">
       <t>チョクゼン</t>
     </rPh>
     <rPh sb="31" eb="32">
       <t>ト</t>
     </rPh>
     <rPh sb="33" eb="34">
       <t>ダ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
-    <t>湿気を避けて保存して下さい。</t>
-[...14 lines deleted...]
-  <si>
     <t>アルミピロー包装開封後は、湿気を避けて遮光して保存すること。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>アロプリノール錠100mg「NS」</t>
     <rPh sb="7" eb="8">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>アロプリノール錠50mg「NS」</t>
     <rPh sb="7" eb="8">
       <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="3"/>
   </si>
   <si>
     <t>アルミピロー開封後は湿気、光を避けて保存すること。
 瓶の開封後は湿気、光を避けて保存すること。</t>
     <rPh sb="13" eb="14">
       <t>ヒカリ</t>
     </rPh>
     <rPh sb="26" eb="27">
       <t>ビン</t>
@@ -1800,50 +1780,82 @@
   </si>
   <si>
     <t>〇</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>3年</t>
     <rPh sb="1" eb="2">
       <t>ネン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>〈OD錠〉
 錠剤表面に使用色素による赤色又は黄色の斑点がみられること
 がある。また、アルミピロー開封後は湿気を避けて保存すること。</t>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>有効期間</t>
     <rPh sb="0" eb="2">
       <t>ユウコウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キカン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ダパグリフロジン錠5mg「EP」・10mg「EP」</t>
+    <rPh sb="8" eb="9">
+      <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>3年</t>
+    <rPh sb="1" eb="2">
+      <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>PTPシート又はプラスチックボトルから取り出した後は、高温・高湿を避けること。</t>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ビラスチン錠20mg「EP」</t>
+    <rPh sb="5" eb="6">
+      <t>ジョウ</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>ビラスチンOD錠20mg「EP」</t>
+    <rPh sb="7" eb="8">
+      <t>ジョウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
@@ -1858,51 +1870,51 @@
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="10"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
-  <borders count="35">
+  <borders count="36">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
@@ -2314,381 +2326,359 @@
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right/>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="55">
+  <cellXfs count="54">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
-    </xf>
-[...121 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="distributed" textRotation="255" wrapText="1" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="distributed" textRotation="255" wrapText="1" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="distributed" textRotation="255" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="distributed" textRotation="255" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="distributed" textRotation="255" wrapText="1" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="distributed" textRotation="255" indent="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="32" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="34" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="255"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="35" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="標準" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office テーマ">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2825,3026 +2815,3076 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:S103"/>
+  <dimension ref="A1:S105"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A36" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="2" topLeftCell="A16" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A66" sqref="A66:R66"/>
-      <selection pane="bottomLeft" activeCell="A70" sqref="A70"/>
+      <selection pane="bottomLeft" activeCell="A68" sqref="A68:XFD69"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9" defaultRowHeight="12" x14ac:dyDescent="0.15"/>
   <cols>
-    <col min="1" max="1" width="32.86328125" style="25" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="18" max="16384" width="9" style="25"/>
+    <col min="1" max="1" width="32.88671875" style="21" customWidth="1"/>
+    <col min="2" max="15" width="3.5546875" style="21" customWidth="1"/>
+    <col min="16" max="16" width="9.44140625" style="35" customWidth="1"/>
+    <col min="17" max="17" width="54.88671875" style="21" customWidth="1"/>
+    <col min="18" max="16384" width="9" style="21"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:19" s="21" customFormat="1" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="48" t="s">
+    <row r="1" spans="1:19" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="46" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="50" t="s">
+      <c r="B1" s="48" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="51"/>
-[...6 lines deleted...]
-      <c r="J1" s="50" t="s">
+      <c r="C1" s="49"/>
+      <c r="D1" s="49"/>
+      <c r="E1" s="49"/>
+      <c r="F1" s="49"/>
+      <c r="G1" s="49"/>
+      <c r="H1" s="49"/>
+      <c r="I1" s="50"/>
+      <c r="J1" s="48" t="s">
         <v>17</v>
       </c>
-      <c r="K1" s="51"/>
-[...7 lines deleted...]
-      <c r="Q1" s="46" t="s">
+      <c r="K1" s="49"/>
+      <c r="L1" s="49"/>
+      <c r="M1" s="49"/>
+      <c r="N1" s="49"/>
+      <c r="O1" s="50"/>
+      <c r="P1" s="51" t="s">
+        <v>192</v>
+      </c>
+      <c r="Q1" s="44" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="2" spans="1:19" s="21" customFormat="1" ht="168.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="49"/>
+    <row r="2" spans="1:19" ht="168.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A2" s="47"/>
       <c r="B2" s="11" t="s">
         <v>9</v>
       </c>
       <c r="C2" s="12" t="s">
         <v>10</v>
       </c>
       <c r="D2" s="13" t="s">
         <v>11</v>
       </c>
       <c r="E2" s="14" t="s">
         <v>3</v>
       </c>
       <c r="F2" s="14" t="s">
         <v>4</v>
       </c>
       <c r="G2" s="12" t="s">
         <v>5</v>
       </c>
       <c r="H2" s="12" t="s">
         <v>6</v>
       </c>
       <c r="I2" s="19" t="s">
         <v>50</v>
       </c>
       <c r="J2" s="11" t="s">
         <v>24</v>
       </c>
       <c r="K2" s="12" t="s">
         <v>12</v>
       </c>
       <c r="L2" s="12" t="s">
         <v>13</v>
       </c>
       <c r="M2" s="12" t="s">
         <v>14</v>
       </c>
       <c r="N2" s="12" t="s">
         <v>15</v>
       </c>
       <c r="O2" s="15" t="s">
         <v>16</v>
       </c>
-      <c r="P2" s="54"/>
-[...2 lines deleted...]
-    <row r="3" spans="1:19" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="P2" s="52"/>
+      <c r="Q2" s="45"/>
+    </row>
+    <row r="3" spans="1:19" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A3" s="10" t="s">
         <v>39</v>
       </c>
       <c r="B3" s="22"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
       <c r="F3" s="23"/>
       <c r="G3" s="23"/>
       <c r="H3" s="23"/>
       <c r="I3" s="24" t="s">
         <v>40</v>
       </c>
       <c r="J3" s="22"/>
       <c r="K3" s="23"/>
       <c r="L3" s="23" t="s">
         <v>40</v>
       </c>
       <c r="M3" s="23"/>
       <c r="N3" s="23"/>
       <c r="O3" s="24"/>
       <c r="P3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q3" s="10"/>
     </row>
-    <row r="4" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A4" s="10" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B4" s="22"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
       <c r="F4" s="23"/>
       <c r="G4" s="23"/>
       <c r="H4" s="23"/>
       <c r="I4" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J4" s="22"/>
       <c r="K4" s="23"/>
       <c r="L4" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M4" s="23"/>
       <c r="N4" s="23"/>
       <c r="O4" s="24"/>
       <c r="P4" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q4" s="10"/>
     </row>
-    <row r="5" spans="1:19" ht="24" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:19" ht="24" x14ac:dyDescent="0.15">
       <c r="A5" s="10" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B5" s="22"/>
       <c r="C5" s="23"/>
       <c r="D5" s="23"/>
       <c r="E5" s="23"/>
       <c r="F5" s="23"/>
       <c r="G5" s="23"/>
       <c r="H5" s="23"/>
       <c r="I5" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J5" s="22"/>
       <c r="K5" s="23"/>
       <c r="L5" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M5" s="23"/>
       <c r="N5" s="23"/>
       <c r="O5" s="24"/>
       <c r="P5" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q5" s="10"/>
     </row>
-    <row r="6" spans="1:19" ht="42.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:19" ht="42.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A6" s="10" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B6" s="22"/>
       <c r="C6" s="23"/>
       <c r="D6" s="23"/>
       <c r="E6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F6" s="23"/>
       <c r="G6" s="23"/>
       <c r="H6" s="23"/>
       <c r="I6" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J6" s="22"/>
       <c r="K6" s="23"/>
       <c r="L6" s="23" t="s">
         <v>7</v>
       </c>
       <c r="M6" s="23"/>
       <c r="N6" s="23"/>
       <c r="O6" s="24"/>
       <c r="P6" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q6" s="10"/>
     </row>
-    <row r="7" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A7" s="10" t="s">
         <v>36</v>
       </c>
       <c r="B7" s="22"/>
       <c r="C7" s="23"/>
       <c r="D7" s="23"/>
       <c r="E7" s="23"/>
       <c r="F7" s="23"/>
       <c r="G7" s="23"/>
       <c r="H7" s="23"/>
       <c r="I7" s="24" t="s">
         <v>25</v>
       </c>
       <c r="J7" s="22"/>
       <c r="K7" s="23"/>
       <c r="L7" s="23" t="s">
         <v>25</v>
       </c>
       <c r="M7" s="23"/>
       <c r="N7" s="23"/>
       <c r="O7" s="24"/>
       <c r="P7" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q7" s="10" t="s">
         <v>59</v>
       </c>
     </row>
-    <row r="8" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A8" s="10" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="B8" s="22"/>
       <c r="C8" s="23"/>
       <c r="D8" s="23"/>
       <c r="E8" s="23" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="F8" s="23"/>
       <c r="G8" s="23"/>
       <c r="H8" s="23"/>
       <c r="I8" s="24" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="J8" s="22"/>
       <c r="K8" s="23"/>
       <c r="L8" s="23" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="M8" s="23"/>
       <c r="N8" s="23"/>
       <c r="O8" s="24"/>
       <c r="P8" s="6" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="Q8" s="10"/>
     </row>
-    <row r="9" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A9" s="10" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B9" s="22"/>
       <c r="C9" s="23"/>
       <c r="D9" s="23"/>
       <c r="E9" s="23" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="F9" s="23"/>
       <c r="G9" s="23"/>
       <c r="H9" s="23"/>
       <c r="I9" s="24" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="J9" s="22"/>
       <c r="K9" s="23"/>
       <c r="L9" s="23" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="M9" s="23"/>
       <c r="N9" s="23"/>
       <c r="O9" s="24"/>
       <c r="P9" s="6" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="Q9" s="10"/>
     </row>
-    <row r="10" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:19" ht="47.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A10" s="10" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B10" s="22"/>
       <c r="C10" s="23"/>
       <c r="D10" s="23"/>
       <c r="E10" s="23" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F10" s="23"/>
       <c r="G10" s="23"/>
       <c r="H10" s="23"/>
       <c r="I10" s="24" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J10" s="22"/>
       <c r="K10" s="23"/>
       <c r="L10" s="23" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="M10" s="23"/>
       <c r="N10" s="23"/>
       <c r="O10" s="24"/>
       <c r="P10" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q10" s="10"/>
     </row>
-    <row r="11" spans="1:19" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A11" s="10" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B11" s="22"/>
       <c r="C11" s="23"/>
       <c r="D11" s="23"/>
       <c r="E11" s="23" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F11" s="23"/>
       <c r="G11" s="23"/>
       <c r="H11" s="23"/>
       <c r="I11" s="24" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="J11" s="22"/>
       <c r="K11" s="23"/>
       <c r="L11" s="23" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="M11" s="23"/>
       <c r="N11" s="23"/>
       <c r="O11" s="24"/>
       <c r="P11" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q11" s="10"/>
     </row>
-    <row r="12" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A12" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="B12" s="26"/>
-[...18 lines deleted...]
-      <c r="O12" s="28"/>
+      <c r="B12" s="25"/>
+      <c r="C12" s="26"/>
+      <c r="D12" s="26"/>
+      <c r="E12" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F12" s="26"/>
+      <c r="G12" s="26"/>
+      <c r="H12" s="26"/>
+      <c r="I12" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J12" s="25"/>
+      <c r="K12" s="26"/>
+      <c r="L12" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M12" s="26"/>
+      <c r="N12" s="26"/>
+      <c r="O12" s="27"/>
       <c r="P12" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q12" s="1"/>
     </row>
-    <row r="13" spans="1:19" ht="57.95" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:19" ht="57.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="B13" s="26"/>
-[...18 lines deleted...]
-      <c r="O13" s="28"/>
+      <c r="B13" s="25"/>
+      <c r="C13" s="26"/>
+      <c r="D13" s="26"/>
+      <c r="E13" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F13" s="26"/>
+      <c r="G13" s="26"/>
+      <c r="H13" s="26"/>
+      <c r="I13" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J13" s="25"/>
+      <c r="K13" s="26"/>
+      <c r="L13" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M13" s="26"/>
+      <c r="N13" s="26"/>
+      <c r="O13" s="27"/>
       <c r="P13" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q13" s="2" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="14" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A14" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="B14" s="25"/>
+      <c r="C14" s="26"/>
+      <c r="D14" s="26"/>
+      <c r="E14" s="26"/>
+      <c r="F14" s="26"/>
+      <c r="G14" s="26"/>
+      <c r="H14" s="26"/>
+      <c r="I14" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="J14" s="25"/>
+      <c r="K14" s="26"/>
+      <c r="L14" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="M14" s="26"/>
+      <c r="N14" s="26"/>
+      <c r="O14" s="27"/>
+      <c r="P14" s="4" t="s">
+        <v>101</v>
+      </c>
+      <c r="Q14" s="2"/>
+      <c r="S14" s="28"/>
+    </row>
+    <row r="15" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A15" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="B15" s="25"/>
+      <c r="C15" s="26"/>
+      <c r="D15" s="26"/>
+      <c r="E15" s="26"/>
+      <c r="F15" s="26"/>
+      <c r="G15" s="26"/>
+      <c r="H15" s="26"/>
+      <c r="I15" s="27" t="s">
+        <v>8</v>
+      </c>
+      <c r="J15" s="25"/>
+      <c r="K15" s="26"/>
+      <c r="L15" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="M15" s="26"/>
+      <c r="N15" s="26"/>
+      <c r="O15" s="27"/>
+      <c r="P15" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q15" s="2"/>
+      <c r="S15" s="28"/>
+    </row>
+    <row r="16" spans="1:19" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A16" s="2" t="s">
         <v>160</v>
       </c>
-    </row>
-[...69 lines deleted...]
-      <c r="K16" s="27"/>
+      <c r="B16" s="25"/>
+      <c r="C16" s="26"/>
+      <c r="D16" s="26"/>
+      <c r="E16" s="26"/>
+      <c r="F16" s="26"/>
+      <c r="G16" s="26"/>
+      <c r="H16" s="26"/>
+      <c r="I16" s="27"/>
+      <c r="J16" s="25"/>
+      <c r="K16" s="26"/>
       <c r="L16" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="M16" s="27"/>
-[...1 lines deleted...]
-      <c r="O16" s="28"/>
+      <c r="M16" s="26"/>
+      <c r="N16" s="26"/>
+      <c r="O16" s="27"/>
       <c r="P16" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q16" s="2" t="s">
-        <v>167</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:17" ht="21.95" customHeight="1" x14ac:dyDescent="0.25">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="17" spans="1:17" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A17" s="2" t="s">
         <v>48</v>
       </c>
-      <c r="B17" s="26"/>
-[...2 lines deleted...]
-      <c r="E17" s="27" t="s">
+      <c r="B17" s="25"/>
+      <c r="C17" s="26"/>
+      <c r="D17" s="26"/>
+      <c r="E17" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="F17" s="27"/>
-[...2 lines deleted...]
-      <c r="I17" s="28" t="s">
+      <c r="F17" s="26"/>
+      <c r="G17" s="26"/>
+      <c r="H17" s="26"/>
+      <c r="I17" s="27" t="s">
         <v>49</v>
       </c>
-      <c r="J17" s="26"/>
-[...1 lines deleted...]
-      <c r="L17" s="27" t="s">
+      <c r="J17" s="25"/>
+      <c r="K17" s="26"/>
+      <c r="L17" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="M17" s="27"/>
-[...1 lines deleted...]
-      <c r="O17" s="28"/>
+      <c r="M17" s="26"/>
+      <c r="N17" s="26"/>
+      <c r="O17" s="27"/>
       <c r="P17" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q17" s="2"/>
     </row>
-    <row r="18" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A18" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B18" s="26"/>
-[...16 lines deleted...]
-      <c r="O18" s="28"/>
+      <c r="B18" s="25"/>
+      <c r="C18" s="26"/>
+      <c r="D18" s="26"/>
+      <c r="E18" s="26"/>
+      <c r="F18" s="26"/>
+      <c r="G18" s="26"/>
+      <c r="H18" s="26"/>
+      <c r="I18" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J18" s="25"/>
+      <c r="K18" s="26"/>
+      <c r="L18" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M18" s="26"/>
+      <c r="N18" s="26"/>
+      <c r="O18" s="27"/>
       <c r="P18" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q18" s="2" t="s">
-        <v>164</v>
-[...2 lines deleted...]
-    <row r="19" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="19" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A19" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="B19" s="25"/>
+      <c r="C19" s="26"/>
+      <c r="D19" s="26"/>
+      <c r="E19" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F19" s="26"/>
+      <c r="G19" s="26"/>
+      <c r="H19" s="26"/>
+      <c r="I19" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J19" s="25"/>
+      <c r="K19" s="26"/>
+      <c r="L19" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M19" s="26"/>
+      <c r="N19" s="26"/>
+      <c r="O19" s="27"/>
+      <c r="P19" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q19" s="2"/>
+    </row>
+    <row r="20" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A20" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="B20" s="25"/>
+      <c r="C20" s="26"/>
+      <c r="D20" s="26"/>
+      <c r="E20" s="26"/>
+      <c r="F20" s="26"/>
+      <c r="G20" s="26"/>
+      <c r="H20" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="I20" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="J20" s="25"/>
+      <c r="K20" s="26"/>
+      <c r="L20" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M20" s="26"/>
+      <c r="N20" s="26"/>
+      <c r="O20" s="27"/>
+      <c r="P20" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q20" s="2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="21" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A21" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B21" s="25"/>
+      <c r="C21" s="26"/>
+      <c r="D21" s="26"/>
+      <c r="E21" s="26"/>
+      <c r="F21" s="26"/>
+      <c r="G21" s="26"/>
+      <c r="H21" s="26"/>
+      <c r="I21" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J21" s="25"/>
+      <c r="K21" s="26"/>
+      <c r="L21" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M21" s="26"/>
+      <c r="N21" s="26"/>
+      <c r="O21" s="27"/>
+      <c r="P21" s="4" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q21" s="2"/>
+    </row>
+    <row r="22" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A22" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="B19" s="26"/>
-[...103 lines deleted...]
-      <c r="O22" s="28"/>
+      <c r="B22" s="25"/>
+      <c r="C22" s="26"/>
+      <c r="D22" s="26"/>
+      <c r="E22" s="26"/>
+      <c r="F22" s="26"/>
+      <c r="G22" s="26"/>
+      <c r="H22" s="26"/>
+      <c r="I22" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="J22" s="25"/>
+      <c r="K22" s="26"/>
+      <c r="L22" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M22" s="26"/>
+      <c r="N22" s="26"/>
+      <c r="O22" s="27"/>
       <c r="P22" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q22" s="2"/>
     </row>
-    <row r="23" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:17" ht="45" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A23" s="2" t="s">
-        <v>75</v>
-[...18 lines deleted...]
-      <c r="O23" s="28"/>
+        <v>74</v>
+      </c>
+      <c r="B23" s="25"/>
+      <c r="C23" s="26"/>
+      <c r="D23" s="26"/>
+      <c r="E23" s="26"/>
+      <c r="F23" s="26"/>
+      <c r="G23" s="26"/>
+      <c r="H23" s="26"/>
+      <c r="I23" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J23" s="25"/>
+      <c r="K23" s="26"/>
+      <c r="L23" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M23" s="26"/>
+      <c r="N23" s="26"/>
+      <c r="O23" s="27"/>
       <c r="P23" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q23" s="2" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="24" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:17" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A24" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="B24" s="25"/>
+      <c r="C24" s="26"/>
+      <c r="D24" s="26"/>
+      <c r="E24" s="26"/>
+      <c r="F24" s="26"/>
+      <c r="G24" s="26"/>
+      <c r="H24" s="26"/>
+      <c r="I24" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="J24" s="25"/>
+      <c r="K24" s="26"/>
+      <c r="L24" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M24" s="26"/>
+      <c r="N24" s="26"/>
+      <c r="O24" s="27"/>
+      <c r="P24" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q24" s="2"/>
+    </row>
+    <row r="25" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A25" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="B24" s="26"/>
-[...33 lines deleted...]
-      <c r="I25" s="28" t="s">
+      <c r="B25" s="25"/>
+      <c r="C25" s="26"/>
+      <c r="D25" s="26"/>
+      <c r="E25" s="26"/>
+      <c r="F25" s="26"/>
+      <c r="G25" s="26"/>
+      <c r="H25" s="26"/>
+      <c r="I25" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="J25" s="26"/>
-      <c r="K25" s="27"/>
+      <c r="J25" s="25"/>
+      <c r="K25" s="26"/>
       <c r="L25" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="M25" s="27"/>
-[...1 lines deleted...]
-      <c r="O25" s="28"/>
+      <c r="M25" s="26"/>
+      <c r="N25" s="26"/>
+      <c r="O25" s="27"/>
       <c r="P25" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q25" s="20"/>
     </row>
-    <row r="26" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A26" s="2" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B26" s="22"/>
       <c r="C26" s="23"/>
       <c r="D26" s="23"/>
       <c r="E26" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F26" s="23"/>
       <c r="G26" s="23"/>
       <c r="H26" s="23"/>
       <c r="I26" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J26" s="22"/>
       <c r="K26" s="23"/>
       <c r="L26" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="M26" s="27"/>
-[...1 lines deleted...]
-      <c r="O26" s="28"/>
+      <c r="M26" s="26"/>
+      <c r="N26" s="26"/>
+      <c r="O26" s="27"/>
       <c r="P26" s="6" t="s">
         <v>30</v>
       </c>
       <c r="Q26" s="20"/>
     </row>
-    <row r="27" spans="1:17" ht="36" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:17" ht="48" x14ac:dyDescent="0.15">
       <c r="A27" s="2" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      <c r="D27" s="27" t="s">
+        <v>142</v>
+      </c>
+      <c r="B27" s="25"/>
+      <c r="C27" s="26"/>
+      <c r="D27" s="26" t="s">
         <v>52</v>
       </c>
-      <c r="E27" s="27"/>
-[...3 lines deleted...]
-      <c r="I27" s="28" t="s">
+      <c r="E27" s="26"/>
+      <c r="F27" s="26"/>
+      <c r="G27" s="26"/>
+      <c r="H27" s="26"/>
+      <c r="I27" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="J27" s="26"/>
-[...1 lines deleted...]
-      <c r="L27" s="27" t="s">
+      <c r="J27" s="25"/>
+      <c r="K27" s="26"/>
+      <c r="L27" s="26" t="s">
         <v>52</v>
       </c>
-      <c r="M27" s="27"/>
-[...1 lines deleted...]
-      <c r="O27" s="28"/>
+      <c r="M27" s="26"/>
+      <c r="N27" s="26"/>
+      <c r="O27" s="27"/>
       <c r="P27" s="3" t="s">
         <v>30</v>
       </c>
       <c r="Q27" s="2" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="28" spans="1:17" ht="48" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:17" ht="48" x14ac:dyDescent="0.15">
       <c r="A28" s="16" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" s="30"/>
+      <c r="C28" s="31"/>
+      <c r="D28" s="31"/>
+      <c r="E28" s="31" t="s">
+        <v>69</v>
+      </c>
+      <c r="F28" s="31"/>
+      <c r="G28" s="31"/>
+      <c r="H28" s="31"/>
+      <c r="I28" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="J28" s="34"/>
+      <c r="K28" s="31"/>
+      <c r="L28" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="M28" s="31"/>
+      <c r="N28" s="31"/>
+      <c r="O28" s="32"/>
+      <c r="P28" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q28" s="18" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="29" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A29" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B29" s="30"/>
+      <c r="C29" s="31"/>
+      <c r="D29" s="31"/>
+      <c r="E29" s="31" t="s">
+        <v>69</v>
+      </c>
+      <c r="F29" s="31"/>
+      <c r="G29" s="31"/>
+      <c r="H29" s="31"/>
+      <c r="I29" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="J29" s="34"/>
+      <c r="K29" s="32"/>
+      <c r="L29" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="M29" s="31"/>
+      <c r="N29" s="31"/>
+      <c r="O29" s="32"/>
+      <c r="P29" s="7" t="s">
         <v>152</v>
       </c>
-      <c r="B28" s="31"/>
-[...52 lines deleted...]
-      </c>
       <c r="Q29" s="17"/>
     </row>
-    <row r="30" spans="1:17" ht="64.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:17" ht="64.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A30" s="16" t="s">
-        <v>95</v>
-[...8 lines deleted...]
-      <c r="I30" s="34" t="s">
+        <v>94</v>
+      </c>
+      <c r="B30" s="30"/>
+      <c r="C30" s="31"/>
+      <c r="D30" s="31"/>
+      <c r="E30" s="31"/>
+      <c r="F30" s="31"/>
+      <c r="G30" s="31"/>
+      <c r="H30" s="31"/>
+      <c r="I30" s="33" t="s">
         <v>19</v>
       </c>
-      <c r="J30" s="35"/>
-[...1 lines deleted...]
-      <c r="L30" s="32" t="s">
+      <c r="J30" s="34"/>
+      <c r="K30" s="32"/>
+      <c r="L30" s="31" t="s">
         <v>19</v>
       </c>
-      <c r="M30" s="32"/>
-[...1 lines deleted...]
-      <c r="O30" s="33"/>
+      <c r="M30" s="31"/>
+      <c r="N30" s="31"/>
+      <c r="O30" s="32"/>
       <c r="P30" s="7" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="Q30" s="18" t="s">
-        <v>128</v>
-[...2 lines deleted...]
-    <row r="31" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="31" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A31" s="2" t="s">
-        <v>138</v>
-[...20 lines deleted...]
-      <c r="O31" s="28"/>
+        <v>137</v>
+      </c>
+      <c r="B31" s="25"/>
+      <c r="C31" s="26"/>
+      <c r="D31" s="26"/>
+      <c r="E31" s="26" t="s">
+        <v>64</v>
+      </c>
+      <c r="F31" s="26"/>
+      <c r="G31" s="26"/>
+      <c r="H31" s="26"/>
+      <c r="I31" s="27" t="s">
+        <v>64</v>
+      </c>
+      <c r="J31" s="25"/>
+      <c r="K31" s="26"/>
+      <c r="L31" s="26" t="s">
+        <v>64</v>
+      </c>
+      <c r="M31" s="26"/>
+      <c r="N31" s="26"/>
+      <c r="O31" s="27"/>
       <c r="P31" s="3" t="s">
         <v>30</v>
       </c>
       <c r="Q31" s="2"/>
     </row>
-    <row r="32" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:17" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A32" s="2" t="s">
-        <v>140</v>
-[...18 lines deleted...]
-      <c r="O32" s="28"/>
+        <v>139</v>
+      </c>
+      <c r="B32" s="25"/>
+      <c r="C32" s="26"/>
+      <c r="D32" s="26"/>
+      <c r="E32" s="26"/>
+      <c r="F32" s="26"/>
+      <c r="G32" s="26"/>
+      <c r="H32" s="26"/>
+      <c r="I32" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J32" s="25"/>
+      <c r="K32" s="26"/>
+      <c r="L32" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M32" s="26"/>
+      <c r="N32" s="26"/>
+      <c r="O32" s="27"/>
       <c r="P32" s="3" t="s">
         <v>30</v>
       </c>
       <c r="Q32" s="2"/>
     </row>
-    <row r="33" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:17" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A33" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="B33" s="26"/>
-[...6 lines deleted...]
-      <c r="I33" s="28" t="s">
+      <c r="B33" s="25"/>
+      <c r="C33" s="26"/>
+      <c r="D33" s="26"/>
+      <c r="E33" s="26"/>
+      <c r="F33" s="26"/>
+      <c r="G33" s="26"/>
+      <c r="H33" s="26"/>
+      <c r="I33" s="27" t="s">
         <v>52</v>
       </c>
-      <c r="J33" s="26"/>
-[...1 lines deleted...]
-      <c r="L33" s="27" t="s">
+      <c r="J33" s="25"/>
+      <c r="K33" s="26"/>
+      <c r="L33" s="26" t="s">
         <v>52</v>
       </c>
-      <c r="M33" s="27"/>
-[...1 lines deleted...]
-      <c r="O33" s="28"/>
+      <c r="M33" s="26"/>
+      <c r="N33" s="26"/>
+      <c r="O33" s="27"/>
       <c r="P33" s="3" t="s">
         <v>30</v>
       </c>
       <c r="Q33" s="2"/>
     </row>
-    <row r="34" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:17" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A34" s="2" t="s">
-        <v>109</v>
-[...20 lines deleted...]
-      <c r="O34" s="28"/>
+        <v>108</v>
+      </c>
+      <c r="B34" s="25"/>
+      <c r="C34" s="26"/>
+      <c r="D34" s="26"/>
+      <c r="E34" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F34" s="26"/>
+      <c r="G34" s="26"/>
+      <c r="H34" s="26"/>
+      <c r="I34" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J34" s="25"/>
+      <c r="K34" s="26"/>
+      <c r="L34" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M34" s="26"/>
+      <c r="N34" s="26"/>
+      <c r="O34" s="27"/>
       <c r="P34" s="3" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q34" s="2" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="35" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A35" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="B35" s="26"/>
-[...2 lines deleted...]
-      <c r="E35" s="27" t="s">
+      <c r="B35" s="25"/>
+      <c r="C35" s="26"/>
+      <c r="D35" s="26"/>
+      <c r="E35" s="26" t="s">
         <v>31</v>
       </c>
-      <c r="F35" s="27"/>
-[...2 lines deleted...]
-      <c r="I35" s="28" t="s">
+      <c r="F35" s="26"/>
+      <c r="G35" s="26"/>
+      <c r="H35" s="26"/>
+      <c r="I35" s="27" t="s">
         <v>31</v>
       </c>
-      <c r="J35" s="26"/>
-[...1 lines deleted...]
-      <c r="L35" s="27" t="s">
+      <c r="J35" s="25"/>
+      <c r="K35" s="26"/>
+      <c r="L35" s="26" t="s">
         <v>31</v>
       </c>
-      <c r="M35" s="27"/>
-[...1 lines deleted...]
-      <c r="O35" s="28"/>
+      <c r="M35" s="26"/>
+      <c r="N35" s="26"/>
+      <c r="O35" s="27"/>
       <c r="P35" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q35" s="2"/>
     </row>
-    <row r="36" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A36" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="B36" s="26"/>
-[...2 lines deleted...]
-      <c r="E36" s="27" t="s">
+      <c r="B36" s="25"/>
+      <c r="C36" s="26"/>
+      <c r="D36" s="26"/>
+      <c r="E36" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="F36" s="27"/>
-[...2 lines deleted...]
-      <c r="I36" s="28" t="s">
+      <c r="F36" s="26"/>
+      <c r="G36" s="26"/>
+      <c r="H36" s="26"/>
+      <c r="I36" s="27" t="s">
         <v>18</v>
       </c>
-      <c r="J36" s="26"/>
-[...1 lines deleted...]
-      <c r="L36" s="27" t="s">
+      <c r="J36" s="25"/>
+      <c r="K36" s="26"/>
+      <c r="L36" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="M36" s="27"/>
-[...1 lines deleted...]
-      <c r="O36" s="28"/>
+      <c r="M36" s="26"/>
+      <c r="N36" s="26"/>
+      <c r="O36" s="27"/>
       <c r="P36" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q36" s="2"/>
     </row>
-    <row r="37" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A37" s="2" t="s">
-        <v>176</v>
-[...20 lines deleted...]
-      <c r="O37" s="28"/>
+        <v>174</v>
+      </c>
+      <c r="B37" s="25"/>
+      <c r="C37" s="26"/>
+      <c r="D37" s="26"/>
+      <c r="E37" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F37" s="26"/>
+      <c r="G37" s="26"/>
+      <c r="H37" s="26"/>
+      <c r="I37" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J37" s="25"/>
+      <c r="K37" s="26"/>
+      <c r="L37" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M37" s="26"/>
+      <c r="N37" s="26"/>
+      <c r="O37" s="27"/>
       <c r="P37" s="4" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q37" s="2"/>
     </row>
-    <row r="38" spans="1:17" ht="48" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:17" ht="48" x14ac:dyDescent="0.15">
       <c r="A38" s="2" t="s">
-        <v>177</v>
-[...20 lines deleted...]
-      <c r="O38" s="28"/>
+        <v>175</v>
+      </c>
+      <c r="B38" s="25"/>
+      <c r="C38" s="26"/>
+      <c r="D38" s="26"/>
+      <c r="E38" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F38" s="26"/>
+      <c r="G38" s="26"/>
+      <c r="H38" s="26"/>
+      <c r="I38" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J38" s="25"/>
+      <c r="K38" s="26"/>
+      <c r="L38" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M38" s="26"/>
+      <c r="N38" s="26"/>
+      <c r="O38" s="27"/>
       <c r="P38" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q38" s="2" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="39" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A39" s="2" t="s">
-        <v>79</v>
-[...20 lines deleted...]
-      <c r="O39" s="28"/>
+        <v>78</v>
+      </c>
+      <c r="B39" s="25"/>
+      <c r="C39" s="26"/>
+      <c r="D39" s="26"/>
+      <c r="E39" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="F39" s="26"/>
+      <c r="G39" s="26"/>
+      <c r="H39" s="26"/>
+      <c r="I39" s="27" t="s">
+        <v>63</v>
+      </c>
+      <c r="J39" s="25"/>
+      <c r="K39" s="26"/>
+      <c r="L39" s="26" t="s">
+        <v>63</v>
+      </c>
+      <c r="M39" s="26"/>
+      <c r="N39" s="26"/>
+      <c r="O39" s="27"/>
       <c r="P39" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q39" s="1"/>
     </row>
-    <row r="40" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A40" s="2" t="s">
-        <v>110</v>
-[...20 lines deleted...]
-      <c r="O40" s="28"/>
+        <v>109</v>
+      </c>
+      <c r="B40" s="25"/>
+      <c r="C40" s="26"/>
+      <c r="D40" s="26"/>
+      <c r="E40" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F40" s="26"/>
+      <c r="G40" s="26"/>
+      <c r="H40" s="26"/>
+      <c r="I40" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J40" s="25"/>
+      <c r="K40" s="26"/>
+      <c r="L40" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M40" s="26"/>
+      <c r="N40" s="26"/>
+      <c r="O40" s="27"/>
       <c r="P40" s="4" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q40" s="1"/>
     </row>
-    <row r="41" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:17" ht="30.75" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A41" s="2" t="s">
-        <v>172</v>
-[...20 lines deleted...]
-      <c r="O41" s="28"/>
+        <v>170</v>
+      </c>
+      <c r="B41" s="25"/>
+      <c r="C41" s="26"/>
+      <c r="D41" s="26"/>
+      <c r="E41" s="26" t="s">
+        <v>166</v>
+      </c>
+      <c r="F41" s="26"/>
+      <c r="G41" s="26"/>
+      <c r="H41" s="26"/>
+      <c r="I41" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J41" s="25"/>
+      <c r="K41" s="26"/>
+      <c r="L41" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="M41" s="26"/>
+      <c r="N41" s="26"/>
+      <c r="O41" s="27"/>
       <c r="P41" s="4" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="Q41" s="1"/>
     </row>
-    <row r="42" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A42" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="B42" s="26"/>
-[...4 lines deleted...]
-      <c r="G42" s="27" t="s">
+      <c r="B42" s="25"/>
+      <c r="C42" s="26"/>
+      <c r="D42" s="26"/>
+      <c r="E42" s="26"/>
+      <c r="F42" s="26"/>
+      <c r="G42" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="H42" s="27" t="s">
+      <c r="H42" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="I42" s="28" t="s">
+      <c r="I42" s="27" t="s">
         <v>25</v>
       </c>
-      <c r="J42" s="26"/>
-[...1 lines deleted...]
-      <c r="L42" s="27" t="s">
+      <c r="J42" s="25"/>
+      <c r="K42" s="26"/>
+      <c r="L42" s="26" t="s">
         <v>25</v>
       </c>
-      <c r="M42" s="27"/>
-[...1 lines deleted...]
-      <c r="O42" s="28"/>
+      <c r="M42" s="26"/>
+      <c r="N42" s="26"/>
+      <c r="O42" s="27"/>
       <c r="P42" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q42" s="2"/>
     </row>
-    <row r="43" spans="1:17" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:17" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A43" s="2" t="s">
-        <v>81</v>
-[...18 lines deleted...]
-      <c r="O43" s="28"/>
+        <v>80</v>
+      </c>
+      <c r="B43" s="25"/>
+      <c r="C43" s="26"/>
+      <c r="D43" s="26"/>
+      <c r="E43" s="26"/>
+      <c r="F43" s="26"/>
+      <c r="G43" s="26"/>
+      <c r="H43" s="26"/>
+      <c r="I43" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="J43" s="25"/>
+      <c r="K43" s="26"/>
+      <c r="L43" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M43" s="26"/>
+      <c r="N43" s="26"/>
+      <c r="O43" s="27"/>
       <c r="P43" s="4" t="s">
         <v>30</v>
       </c>
       <c r="Q43" s="2"/>
     </row>
-    <row r="44" spans="1:17" ht="36" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:17" ht="36" x14ac:dyDescent="0.15">
       <c r="A44" s="2" t="s">
-        <v>80</v>
-[...18 lines deleted...]
-      <c r="O44" s="28"/>
+        <v>79</v>
+      </c>
+      <c r="B44" s="25"/>
+      <c r="C44" s="26"/>
+      <c r="D44" s="26"/>
+      <c r="E44" s="26"/>
+      <c r="F44" s="26"/>
+      <c r="G44" s="26"/>
+      <c r="H44" s="26"/>
+      <c r="I44" s="27" t="s">
+        <v>60</v>
+      </c>
+      <c r="J44" s="25"/>
+      <c r="K44" s="26"/>
+      <c r="L44" s="26" t="s">
+        <v>60</v>
+      </c>
+      <c r="M44" s="26"/>
+      <c r="N44" s="26"/>
+      <c r="O44" s="27"/>
       <c r="P44" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="Q44" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:17" ht="38.25" customHeight="1" x14ac:dyDescent="0.25">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="45" spans="1:17" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A45" s="2" t="s">
-        <v>103</v>
-[...13 lines deleted...]
-      <c r="L45" s="27" t="s">
+        <v>102</v>
+      </c>
+      <c r="B45" s="25"/>
+      <c r="C45" s="26"/>
+      <c r="D45" s="26"/>
+      <c r="E45" s="26"/>
+      <c r="F45" s="26"/>
+      <c r="G45" s="26"/>
+      <c r="H45" s="26"/>
+      <c r="I45" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="J45" s="25"/>
+      <c r="K45" s="26"/>
+      <c r="L45" s="26" t="s">
         <v>8</v>
       </c>
-      <c r="M45" s="27"/>
-[...1 lines deleted...]
-      <c r="O45" s="28"/>
+      <c r="M45" s="26"/>
+      <c r="N45" s="26"/>
+      <c r="O45" s="27"/>
       <c r="P45" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="Q45" s="2" t="s">
-        <v>155</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="46" spans="1:17" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A46" s="2" t="s">
-        <v>178</v>
-[...4 lines deleted...]
-      <c r="E46" s="27" t="s">
+        <v>193</v>
+      </c>
+      <c r="B46" s="25"/>
+      <c r="C46" s="26"/>
+      <c r="D46" s="26"/>
+      <c r="E46" s="26"/>
+      <c r="F46" s="26"/>
+      <c r="G46" s="26"/>
+      <c r="H46" s="26"/>
+      <c r="I46" s="53" t="s">
+        <v>166</v>
+      </c>
+      <c r="J46" s="25"/>
+      <c r="K46" s="26"/>
+      <c r="L46" s="26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M46" s="26"/>
+      <c r="N46" s="26"/>
+      <c r="O46" s="27"/>
+      <c r="P46" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q46" s="2" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="47" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A47" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B47" s="25"/>
+      <c r="C47" s="26"/>
+      <c r="D47" s="26"/>
+      <c r="E47" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="F47" s="26"/>
+      <c r="G47" s="26"/>
+      <c r="H47" s="26"/>
+      <c r="I47" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="J47" s="25"/>
+      <c r="K47" s="26"/>
+      <c r="L47" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M47" s="26"/>
+      <c r="N47" s="26"/>
+      <c r="O47" s="27"/>
+      <c r="P47" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q47" s="2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="48" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A48" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="B48" s="25"/>
+      <c r="C48" s="26"/>
+      <c r="D48" s="26"/>
+      <c r="E48" s="26"/>
+      <c r="F48" s="26"/>
+      <c r="G48" s="26"/>
+      <c r="H48" s="26"/>
+      <c r="I48" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="J48" s="25"/>
+      <c r="K48" s="26"/>
+      <c r="L48" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M48" s="26"/>
+      <c r="N48" s="26"/>
+      <c r="O48" s="27"/>
+      <c r="P48" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q48" s="2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="49" spans="1:17" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A49" s="1" t="s">
+        <v>34</v>
+      </c>
+      <c r="B49" s="25"/>
+      <c r="C49" s="26"/>
+      <c r="D49" s="26"/>
+      <c r="E49" s="26"/>
+      <c r="F49" s="26"/>
+      <c r="G49" s="26"/>
+      <c r="H49" s="26"/>
+      <c r="I49" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J49" s="25"/>
+      <c r="K49" s="26"/>
+      <c r="L49" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M49" s="26"/>
+      <c r="N49" s="26"/>
+      <c r="O49" s="27"/>
+      <c r="P49" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q49" s="1" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="50" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A50" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="B50" s="25"/>
+      <c r="C50" s="26"/>
+      <c r="D50" s="26"/>
+      <c r="E50" s="26"/>
+      <c r="F50" s="26"/>
+      <c r="G50" s="26"/>
+      <c r="H50" s="26"/>
+      <c r="I50" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="J50" s="25"/>
+      <c r="K50" s="26"/>
+      <c r="L50" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M50" s="26"/>
+      <c r="N50" s="26"/>
+      <c r="O50" s="27"/>
+      <c r="P50" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q50" s="2" t="s">
         <v>89</v>
       </c>
-      <c r="F46" s="27"/>
-[...138 lines deleted...]
-    <row r="51" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    </row>
+    <row r="51" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A51" s="2" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B51" s="22"/>
       <c r="C51" s="23"/>
       <c r="D51" s="23"/>
       <c r="E51" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F51" s="23"/>
       <c r="G51" s="23"/>
       <c r="H51" s="23"/>
       <c r="I51" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J51" s="22"/>
       <c r="K51" s="23"/>
       <c r="L51" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="M51" s="27"/>
-[...1 lines deleted...]
-      <c r="O51" s="28"/>
+      <c r="M51" s="26"/>
+      <c r="N51" s="26"/>
+      <c r="O51" s="27"/>
       <c r="P51" s="6" t="s">
-        <v>105</v>
-[...3 lines deleted...]
-    <row r="52" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+      <c r="Q51" s="2" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="52" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A52" s="2" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B52" s="22"/>
       <c r="C52" s="23"/>
       <c r="D52" s="23"/>
       <c r="E52" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F52" s="23"/>
       <c r="G52" s="23"/>
       <c r="H52" s="23"/>
       <c r="I52" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J52" s="22"/>
       <c r="K52" s="23"/>
       <c r="L52" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="M52" s="27"/>
-[...1 lines deleted...]
-      <c r="O52" s="28"/>
+      <c r="M52" s="26"/>
+      <c r="N52" s="26"/>
+      <c r="O52" s="27"/>
       <c r="P52" s="6" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="Q52" s="2"/>
     </row>
-    <row r="53" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A53" s="2" t="s">
-        <v>98</v>
+        <v>118</v>
       </c>
       <c r="B53" s="22"/>
       <c r="C53" s="23"/>
       <c r="D53" s="23"/>
       <c r="E53" s="23" t="s">
         <v>7</v>
       </c>
       <c r="F53" s="23"/>
       <c r="G53" s="23"/>
       <c r="H53" s="23"/>
       <c r="I53" s="24" t="s">
         <v>7</v>
       </c>
       <c r="J53" s="22"/>
       <c r="K53" s="23"/>
       <c r="L53" s="23" t="s">
         <v>7</v>
       </c>
-      <c r="M53" s="27"/>
-[...1 lines deleted...]
-      <c r="O53" s="28"/>
+      <c r="M53" s="26"/>
+      <c r="N53" s="26"/>
+      <c r="O53" s="27"/>
       <c r="P53" s="6" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-    <row r="54" spans="1:17" ht="39.950000000000003" customHeight="1" x14ac:dyDescent="0.25">
+        <v>104</v>
+      </c>
+      <c r="Q53" s="2"/>
+    </row>
+    <row r="54" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
       <c r="A54" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="B54" s="22"/>
+      <c r="C54" s="23"/>
+      <c r="D54" s="23"/>
+      <c r="E54" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="F54" s="23"/>
+      <c r="G54" s="23"/>
+      <c r="H54" s="23"/>
+      <c r="I54" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="J54" s="22"/>
+      <c r="K54" s="23"/>
+      <c r="L54" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="M54" s="26"/>
+      <c r="N54" s="26"/>
+      <c r="O54" s="27"/>
+      <c r="P54" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q54" s="20"/>
+    </row>
+    <row r="55" spans="1:17" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A55" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="B55" s="25"/>
+      <c r="C55" s="26"/>
+      <c r="D55" s="26"/>
+      <c r="E55" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F55" s="26"/>
+      <c r="G55" s="26"/>
+      <c r="H55" s="26"/>
+      <c r="I55" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J55" s="25"/>
+      <c r="K55" s="26"/>
+      <c r="L55" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M55" s="26"/>
+      <c r="N55" s="26"/>
+      <c r="O55" s="27"/>
+      <c r="P55" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q55" s="2" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="56" spans="1:17" ht="48.75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A56" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="B56" s="25"/>
+      <c r="C56" s="26"/>
+      <c r="D56" s="26"/>
+      <c r="E56" s="26"/>
+      <c r="F56" s="26"/>
+      <c r="G56" s="26"/>
+      <c r="H56" s="26"/>
+      <c r="I56" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J56" s="25"/>
+      <c r="K56" s="26"/>
+      <c r="L56" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M56" s="26"/>
+      <c r="N56" s="26"/>
+      <c r="O56" s="27"/>
+      <c r="P56" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q56" s="1"/>
+    </row>
+    <row r="57" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A57" s="2" t="s">
+        <v>41</v>
+      </c>
+      <c r="B57" s="25"/>
+      <c r="C57" s="26"/>
+      <c r="D57" s="26"/>
+      <c r="E57" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F57" s="26"/>
+      <c r="G57" s="26"/>
+      <c r="H57" s="26"/>
+      <c r="I57" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J57" s="25"/>
+      <c r="K57" s="26"/>
+      <c r="L57" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M57" s="26"/>
+      <c r="N57" s="26"/>
+      <c r="O57" s="27"/>
+      <c r="P57" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q57" s="2"/>
+    </row>
+    <row r="58" spans="1:17" ht="75" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A58" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="B58" s="25"/>
+      <c r="C58" s="26"/>
+      <c r="D58" s="26"/>
+      <c r="E58" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="F58" s="26"/>
+      <c r="G58" s="26"/>
+      <c r="H58" s="26"/>
+      <c r="I58" s="27" t="s">
+        <v>27</v>
+      </c>
+      <c r="J58" s="25"/>
+      <c r="K58" s="26"/>
+      <c r="L58" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="M58" s="26"/>
+      <c r="N58" s="26"/>
+      <c r="O58" s="27"/>
+      <c r="P58" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q58" s="2" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="59" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A59" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="B59" s="25"/>
+      <c r="C59" s="26"/>
+      <c r="D59" s="26"/>
+      <c r="E59" s="26"/>
+      <c r="F59" s="26"/>
+      <c r="G59" s="26"/>
+      <c r="H59" s="26"/>
+      <c r="I59" s="27" t="s">
+        <v>55</v>
+      </c>
+      <c r="J59" s="25"/>
+      <c r="K59" s="26"/>
+      <c r="L59" s="26" t="s">
+        <v>55</v>
+      </c>
+      <c r="M59" s="26"/>
+      <c r="N59" s="26"/>
+      <c r="O59" s="27"/>
+      <c r="P59" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q59" s="2" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A60" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B60" s="25"/>
+      <c r="C60" s="26"/>
+      <c r="D60" s="26"/>
+      <c r="E60" s="26"/>
+      <c r="F60" s="26"/>
+      <c r="G60" s="26"/>
+      <c r="H60" s="26"/>
+      <c r="I60" s="27" t="s">
+        <v>45</v>
+      </c>
+      <c r="J60" s="25"/>
+      <c r="K60" s="26"/>
+      <c r="L60" s="26" t="s">
+        <v>45</v>
+      </c>
+      <c r="M60" s="26"/>
+      <c r="N60" s="26"/>
+      <c r="O60" s="27"/>
+      <c r="P60" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q60" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="B54" s="26"/>
-[...89 lines deleted...]
-      <c r="E57" s="27" t="s">
+    </row>
+    <row r="61" spans="1:17" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A61" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B61" s="25"/>
+      <c r="C61" s="26"/>
+      <c r="D61" s="26"/>
+      <c r="E61" s="26"/>
+      <c r="F61" s="26"/>
+      <c r="G61" s="26"/>
+      <c r="H61" s="26"/>
+      <c r="I61" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="J61" s="25"/>
+      <c r="K61" s="26"/>
+      <c r="L61" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="M61" s="26"/>
+      <c r="N61" s="26"/>
+      <c r="O61" s="27"/>
+      <c r="P61" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q61" s="2"/>
+    </row>
+    <row r="62" spans="1:17" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A62" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B62" s="25"/>
+      <c r="C62" s="26"/>
+      <c r="D62" s="26"/>
+      <c r="E62" s="26"/>
+      <c r="F62" s="26"/>
+      <c r="G62" s="26"/>
+      <c r="H62" s="26"/>
+      <c r="I62" s="27" t="s">
+        <v>40</v>
+      </c>
+      <c r="J62" s="25"/>
+      <c r="K62" s="26"/>
+      <c r="L62" s="26" t="s">
+        <v>40</v>
+      </c>
+      <c r="M62" s="26"/>
+      <c r="N62" s="26"/>
+      <c r="O62" s="27"/>
+      <c r="P62" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q62" s="1"/>
+    </row>
+    <row r="63" spans="1:17" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A63" s="2" t="s">
+        <v>51</v>
+      </c>
+      <c r="B63" s="25"/>
+      <c r="C63" s="26"/>
+      <c r="D63" s="26"/>
+      <c r="E63" s="26"/>
+      <c r="F63" s="26"/>
+      <c r="G63" s="26"/>
+      <c r="H63" s="26"/>
+      <c r="I63" s="27" t="s">
+        <v>49</v>
+      </c>
+      <c r="J63" s="25"/>
+      <c r="K63" s="26"/>
+      <c r="L63" s="26" t="s">
+        <v>49</v>
+      </c>
+      <c r="M63" s="26"/>
+      <c r="N63" s="26"/>
+      <c r="O63" s="27"/>
+      <c r="P63" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q63" s="1"/>
+    </row>
+    <row r="64" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A64" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B64" s="25"/>
+      <c r="C64" s="26"/>
+      <c r="D64" s="26"/>
+      <c r="E64" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="F57" s="27"/>
-[...2 lines deleted...]
-      <c r="I57" s="28" t="s">
+      <c r="F64" s="26"/>
+      <c r="G64" s="26"/>
+      <c r="H64" s="26"/>
+      <c r="I64" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J64" s="25"/>
+      <c r="K64" s="26"/>
+      <c r="L64" s="26" t="s">
         <v>27</v>
       </c>
-      <c r="J57" s="26"/>
-[...1 lines deleted...]
-      <c r="L57" s="27" t="s">
+      <c r="M64" s="26"/>
+      <c r="N64" s="26"/>
+      <c r="O64" s="27"/>
+      <c r="P64" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q64" s="1"/>
+    </row>
+    <row r="65" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A65" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B65" s="25"/>
+      <c r="C65" s="26"/>
+      <c r="D65" s="26" t="s">
+        <v>185</v>
+      </c>
+      <c r="E65" s="26"/>
+      <c r="F65" s="26"/>
+      <c r="G65" s="26"/>
+      <c r="H65" s="26"/>
+      <c r="I65" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J65" s="25"/>
+      <c r="K65" s="26"/>
+      <c r="L65" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M65" s="26"/>
+      <c r="N65" s="26"/>
+      <c r="O65" s="27"/>
+      <c r="P65" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q65" s="1"/>
+    </row>
+    <row r="66" spans="1:17" ht="34.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A66" s="2" t="s">
+        <v>103</v>
+      </c>
+      <c r="B66" s="25"/>
+      <c r="C66" s="26"/>
+      <c r="D66" s="26"/>
+      <c r="E66" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F66" s="26"/>
+      <c r="G66" s="26"/>
+      <c r="H66" s="26"/>
+      <c r="I66" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="J66" s="25"/>
+      <c r="K66" s="26"/>
+      <c r="L66" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M66" s="26"/>
+      <c r="N66" s="26"/>
+      <c r="O66" s="27"/>
+      <c r="P66" s="4" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q66" s="2"/>
+    </row>
+    <row r="67" spans="1:17" ht="56.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A67" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="B67" s="25"/>
+      <c r="C67" s="26"/>
+      <c r="D67" s="26"/>
+      <c r="E67" s="26"/>
+      <c r="F67" s="26"/>
+      <c r="G67" s="26"/>
+      <c r="H67" s="26"/>
+      <c r="I67" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J67" s="25"/>
+      <c r="K67" s="26"/>
+      <c r="L67" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M67" s="26"/>
+      <c r="N67" s="26"/>
+      <c r="O67" s="27"/>
+      <c r="P67" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q67" s="2"/>
+    </row>
+    <row r="68" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A68" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="B68" s="25"/>
+      <c r="C68" s="26"/>
+      <c r="D68" s="26"/>
+      <c r="E68" s="26"/>
+      <c r="F68" s="26"/>
+      <c r="G68" s="26"/>
+      <c r="H68" s="26"/>
+      <c r="I68" s="27" t="s">
+        <v>166</v>
+      </c>
+      <c r="J68" s="25"/>
+      <c r="K68" s="26"/>
+      <c r="L68" s="26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M68" s="26"/>
+      <c r="N68" s="26"/>
+      <c r="O68" s="27"/>
+      <c r="P68" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q68" s="2"/>
+    </row>
+    <row r="69" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A69" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="B69" s="25"/>
+      <c r="C69" s="26"/>
+      <c r="D69" s="26"/>
+      <c r="E69" s="26"/>
+      <c r="F69" s="26"/>
+      <c r="G69" s="26"/>
+      <c r="H69" s="26"/>
+      <c r="I69" s="27" t="s">
+        <v>166</v>
+      </c>
+      <c r="J69" s="25"/>
+      <c r="K69" s="26"/>
+      <c r="L69" s="26" t="s">
+        <v>166</v>
+      </c>
+      <c r="M69" s="26"/>
+      <c r="N69" s="26"/>
+      <c r="O69" s="27"/>
+      <c r="P69" s="4" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q69" s="2"/>
+    </row>
+    <row r="70" spans="1:17" ht="57.45" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A70" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B70" s="25"/>
+      <c r="C70" s="26"/>
+      <c r="D70" s="26"/>
+      <c r="E70" s="26"/>
+      <c r="F70" s="26"/>
+      <c r="G70" s="26"/>
+      <c r="H70" s="26"/>
+      <c r="I70" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J70" s="25"/>
+      <c r="K70" s="26"/>
+      <c r="L70" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M70" s="26"/>
+      <c r="N70" s="26"/>
+      <c r="O70" s="27"/>
+      <c r="P70" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q70" s="2" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="71" spans="1:17" ht="66" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A71" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B71" s="25"/>
+      <c r="C71" s="26"/>
+      <c r="D71" s="26"/>
+      <c r="E71" s="26"/>
+      <c r="F71" s="26"/>
+      <c r="G71" s="26"/>
+      <c r="H71" s="26"/>
+      <c r="I71" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J71" s="25"/>
+      <c r="K71" s="26"/>
+      <c r="L71" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M71" s="26"/>
+      <c r="N71" s="26"/>
+      <c r="O71" s="27"/>
+      <c r="P71" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q71" s="2" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="72" spans="1:17" ht="56.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A72" s="2" t="s">
+        <v>120</v>
+      </c>
+      <c r="B72" s="25"/>
+      <c r="C72" s="26"/>
+      <c r="D72" s="26"/>
+      <c r="E72" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F72" s="26"/>
+      <c r="G72" s="26"/>
+      <c r="H72" s="26"/>
+      <c r="I72" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J72" s="25"/>
+      <c r="K72" s="26"/>
+      <c r="L72" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M72" s="26"/>
+      <c r="N72" s="26"/>
+      <c r="O72" s="27"/>
+      <c r="P72" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q72" s="2"/>
+    </row>
+    <row r="73" spans="1:17" ht="40.049999999999997" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A73" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="B73" s="25"/>
+      <c r="C73" s="26"/>
+      <c r="D73" s="26"/>
+      <c r="E73" s="26"/>
+      <c r="F73" s="26"/>
+      <c r="G73" s="26"/>
+      <c r="H73" s="26"/>
+      <c r="I73" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J73" s="25"/>
+      <c r="K73" s="26"/>
+      <c r="L73" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M73" s="26"/>
+      <c r="N73" s="26"/>
+      <c r="O73" s="27"/>
+      <c r="P73" s="3" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q73" s="2"/>
+    </row>
+    <row r="74" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A74" s="2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B74" s="25"/>
+      <c r="C74" s="26"/>
+      <c r="D74" s="26"/>
+      <c r="E74" s="26" t="s">
+        <v>35</v>
+      </c>
+      <c r="F74" s="26"/>
+      <c r="G74" s="26"/>
+      <c r="H74" s="26"/>
+      <c r="I74" s="27" t="s">
+        <v>35</v>
+      </c>
+      <c r="J74" s="25"/>
+      <c r="K74" s="26"/>
+      <c r="L74" s="26" t="s">
+        <v>35</v>
+      </c>
+      <c r="M74" s="26"/>
+      <c r="N74" s="26"/>
+      <c r="O74" s="27"/>
+      <c r="P74" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q74" s="2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="75" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A75" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B75" s="25"/>
+      <c r="C75" s="26"/>
+      <c r="D75" s="26"/>
+      <c r="E75" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F75" s="26"/>
+      <c r="G75" s="26"/>
+      <c r="H75" s="26"/>
+      <c r="I75" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J75" s="25"/>
+      <c r="K75" s="26"/>
+      <c r="L75" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M75" s="26"/>
+      <c r="N75" s="26"/>
+      <c r="O75" s="27"/>
+      <c r="P75" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q75" s="2"/>
+    </row>
+    <row r="76" spans="1:17" ht="21.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A76" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="B76" s="25"/>
+      <c r="C76" s="26"/>
+      <c r="D76" s="26"/>
+      <c r="E76" s="26"/>
+      <c r="F76" s="26"/>
+      <c r="G76" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="H76" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="I76" s="27" t="s">
+        <v>18</v>
+      </c>
+      <c r="J76" s="25"/>
+      <c r="K76" s="26"/>
+      <c r="L76" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="M76" s="26"/>
+      <c r="N76" s="26"/>
+      <c r="O76" s="27"/>
+      <c r="P76" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q76" s="2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="77" spans="1:17" ht="29.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A77" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B77" s="25"/>
+      <c r="C77" s="26"/>
+      <c r="D77" s="26"/>
+      <c r="E77" s="26" t="s">
+        <v>8</v>
+      </c>
+      <c r="F77" s="26"/>
+      <c r="G77" s="26"/>
+      <c r="H77" s="26"/>
+      <c r="I77" s="27" t="s">
+        <v>99</v>
+      </c>
+      <c r="J77" s="25"/>
+      <c r="K77" s="26"/>
+      <c r="L77" s="26" t="s">
+        <v>99</v>
+      </c>
+      <c r="M77" s="26"/>
+      <c r="N77" s="26"/>
+      <c r="O77" s="27"/>
+      <c r="P77" s="3" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q77" s="2"/>
+    </row>
+    <row r="78" spans="1:17" ht="40.049999999999997" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A78" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="B78" s="25"/>
+      <c r="C78" s="26"/>
+      <c r="D78" s="26"/>
+      <c r="E78" s="26"/>
+      <c r="F78" s="26"/>
+      <c r="G78" s="26"/>
+      <c r="H78" s="26"/>
+      <c r="I78" s="27" t="s">
+        <v>189</v>
+      </c>
+      <c r="J78" s="25"/>
+      <c r="K78" s="26"/>
+      <c r="L78" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="M78" s="26"/>
+      <c r="N78" s="26"/>
+      <c r="O78" s="27"/>
+      <c r="P78" s="4" t="s">
+        <v>190</v>
+      </c>
+      <c r="Q78" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="79" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A79" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B79" s="25"/>
+      <c r="C79" s="26"/>
+      <c r="D79" s="26"/>
+      <c r="E79" s="26"/>
+      <c r="F79" s="26"/>
+      <c r="G79" s="26"/>
+      <c r="H79" s="26"/>
+      <c r="I79" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J79" s="25"/>
+      <c r="K79" s="26"/>
+      <c r="L79" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M79" s="26"/>
+      <c r="N79" s="26"/>
+      <c r="O79" s="27"/>
+      <c r="P79" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q79" s="2"/>
+    </row>
+    <row r="80" spans="1:17" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A80" s="2" t="s">
+        <v>85</v>
+      </c>
+      <c r="B80" s="25"/>
+      <c r="C80" s="26"/>
+      <c r="D80" s="26"/>
+      <c r="E80" s="26"/>
+      <c r="F80" s="26"/>
+      <c r="G80" s="26"/>
+      <c r="H80" s="26"/>
+      <c r="I80" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="J80" s="25"/>
+      <c r="K80" s="26"/>
+      <c r="L80" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M80" s="26"/>
+      <c r="N80" s="26"/>
+      <c r="O80" s="27"/>
+      <c r="P80" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q80" s="2" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="81" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A81" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B81" s="25"/>
+      <c r="C81" s="26"/>
+      <c r="D81" s="26"/>
+      <c r="E81" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F81" s="26"/>
+      <c r="G81" s="26"/>
+      <c r="H81" s="26"/>
+      <c r="I81" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J81" s="25"/>
+      <c r="K81" s="26"/>
+      <c r="L81" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M81" s="26"/>
+      <c r="N81" s="26"/>
+      <c r="O81" s="27"/>
+      <c r="P81" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q81" s="1"/>
+    </row>
+    <row r="82" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A82" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="B82" s="25"/>
+      <c r="C82" s="26"/>
+      <c r="D82" s="26"/>
+      <c r="E82" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F82" s="26"/>
+      <c r="G82" s="26"/>
+      <c r="H82" s="26"/>
+      <c r="I82" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J82" s="25"/>
+      <c r="K82" s="26"/>
+      <c r="L82" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M82" s="26"/>
+      <c r="N82" s="26"/>
+      <c r="O82" s="27"/>
+      <c r="P82" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q82" s="1"/>
+    </row>
+    <row r="83" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A83" s="2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B83" s="25"/>
+      <c r="C83" s="26"/>
+      <c r="D83" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="E83" s="26"/>
+      <c r="F83" s="26"/>
+      <c r="G83" s="26"/>
+      <c r="H83" s="26"/>
+      <c r="I83" s="27" t="s">
         <v>27</v>
       </c>
-      <c r="M57" s="27"/>
-[...20 lines deleted...]
-      <c r="I58" s="28" t="s">
+      <c r="J83" s="25"/>
+      <c r="K83" s="26"/>
+      <c r="L83" s="26" t="s">
+        <v>27</v>
+      </c>
+      <c r="M83" s="26"/>
+      <c r="N83" s="26"/>
+      <c r="O83" s="27"/>
+      <c r="P83" s="4" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q83" s="1" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="84" spans="1:19" ht="32.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A84" s="10" t="s">
+        <v>98</v>
+      </c>
+      <c r="B84" s="22"/>
+      <c r="C84" s="23"/>
+      <c r="D84" s="23"/>
+      <c r="E84" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="F84" s="23"/>
+      <c r="G84" s="23"/>
+      <c r="H84" s="23"/>
+      <c r="I84" s="24" t="s">
+        <v>7</v>
+      </c>
+      <c r="J84" s="22"/>
+      <c r="K84" s="23"/>
+      <c r="L84" s="23" t="s">
+        <v>7</v>
+      </c>
+      <c r="M84" s="23"/>
+      <c r="N84" s="23"/>
+      <c r="O84" s="24"/>
+      <c r="P84" s="6" t="s">
+        <v>183</v>
+      </c>
+      <c r="Q84" s="10"/>
+    </row>
+    <row r="85" spans="1:19" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A85" s="2" t="s">
+        <v>57</v>
+      </c>
+      <c r="B85" s="25"/>
+      <c r="C85" s="26"/>
+      <c r="D85" s="26"/>
+      <c r="E85" s="26" t="s">
         <v>55</v>
       </c>
-      <c r="J58" s="26"/>
-[...1 lines deleted...]
-      <c r="L58" s="27" t="s">
+      <c r="F85" s="26"/>
+      <c r="G85" s="26"/>
+      <c r="H85" s="26"/>
+      <c r="I85" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="M58" s="27"/>
-[...34 lines deleted...]
-      <c r="Q59" s="2" t="s">
+      <c r="J85" s="25"/>
+      <c r="K85" s="26"/>
+      <c r="L85" s="26" t="s">
+        <v>55</v>
+      </c>
+      <c r="M85" s="26"/>
+      <c r="N85" s="26"/>
+      <c r="O85" s="27"/>
+      <c r="P85" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q85" s="2"/>
+      <c r="S85" s="29"/>
+    </row>
+    <row r="86" spans="1:19" ht="48" x14ac:dyDescent="0.15">
+      <c r="A86" s="2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B86" s="25"/>
+      <c r="C86" s="26"/>
+      <c r="D86" s="26"/>
+      <c r="E86" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F86" s="26"/>
+      <c r="G86" s="26"/>
+      <c r="H86" s="26"/>
+      <c r="I86" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J86" s="25"/>
+      <c r="K86" s="26"/>
+      <c r="L86" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M86" s="26"/>
+      <c r="N86" s="26"/>
+      <c r="O86" s="27"/>
+      <c r="P86" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q86" s="2" t="s">
+        <v>150</v>
+      </c>
+      <c r="S86" s="29"/>
+    </row>
+    <row r="87" spans="1:19" ht="36" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A87" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="B87" s="25"/>
+      <c r="C87" s="26"/>
+      <c r="D87" s="26"/>
+      <c r="E87" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="F87" s="26"/>
+      <c r="G87" s="26"/>
+      <c r="H87" s="26"/>
+      <c r="I87" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J87" s="25"/>
+      <c r="K87" s="26"/>
+      <c r="L87" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M87" s="26"/>
+      <c r="N87" s="26"/>
+      <c r="O87" s="27"/>
+      <c r="P87" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q87" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="S87" s="29"/>
+    </row>
+    <row r="88" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A88" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B88" s="25"/>
+      <c r="C88" s="26"/>
+      <c r="D88" s="26"/>
+      <c r="E88" s="26"/>
+      <c r="F88" s="26"/>
+      <c r="G88" s="26"/>
+      <c r="H88" s="26"/>
+      <c r="I88" s="27"/>
+      <c r="J88" s="25"/>
+      <c r="K88" s="26"/>
+      <c r="L88" s="26" t="s">
+        <v>31</v>
+      </c>
+      <c r="M88" s="26"/>
+      <c r="N88" s="26"/>
+      <c r="O88" s="27"/>
+      <c r="P88" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q88" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="S88" s="29"/>
+    </row>
+    <row r="89" spans="1:19" ht="24" x14ac:dyDescent="0.15">
+      <c r="A89" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="B89" s="25"/>
+      <c r="C89" s="26"/>
+      <c r="D89" s="26"/>
+      <c r="E89" s="26"/>
+      <c r="F89" s="26"/>
+      <c r="G89" s="26"/>
+      <c r="H89" s="26"/>
+      <c r="I89" s="27"/>
+      <c r="J89" s="25"/>
+      <c r="K89" s="26"/>
+      <c r="L89" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M89" s="26"/>
+      <c r="N89" s="26"/>
+      <c r="O89" s="27"/>
+      <c r="P89" s="4" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q89" s="2" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="90" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A90" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B90" s="25"/>
+      <c r="C90" s="26"/>
+      <c r="D90" s="26"/>
+      <c r="E90" s="26"/>
+      <c r="F90" s="26"/>
+      <c r="G90" s="26"/>
+      <c r="H90" s="26"/>
+      <c r="I90" s="27"/>
+      <c r="J90" s="25"/>
+      <c r="K90" s="26"/>
+      <c r="L90" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M90" s="26"/>
+      <c r="N90" s="26"/>
+      <c r="O90" s="27"/>
+      <c r="P90" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q90" s="2"/>
+    </row>
+    <row r="91" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A91" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="B91" s="25"/>
+      <c r="C91" s="26"/>
+      <c r="D91" s="26"/>
+      <c r="E91" s="26"/>
+      <c r="F91" s="26"/>
+      <c r="G91" s="26"/>
+      <c r="H91" s="26"/>
+      <c r="I91" s="27"/>
+      <c r="J91" s="25"/>
+      <c r="K91" s="26"/>
+      <c r="L91" s="26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M91" s="26"/>
+      <c r="N91" s="26"/>
+      <c r="O91" s="27"/>
+      <c r="P91" s="4" t="s">
+        <v>90</v>
+      </c>
+      <c r="Q91" s="2"/>
+    </row>
+    <row r="92" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A92" s="8" t="s">
+        <v>131</v>
+      </c>
+      <c r="B92" s="30"/>
+      <c r="C92" s="31"/>
+      <c r="D92" s="31"/>
+      <c r="E92" s="31"/>
+      <c r="F92" s="31"/>
+      <c r="G92" s="31"/>
+      <c r="H92" s="31"/>
+      <c r="I92" s="27"/>
+      <c r="J92" s="30"/>
+      <c r="K92" s="31"/>
+      <c r="L92" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M92" s="31"/>
+      <c r="N92" s="31"/>
+      <c r="O92" s="33"/>
+      <c r="P92" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q92" s="8" t="s">
+        <v>168</v>
+      </c>
+      <c r="S92" s="28"/>
+    </row>
+    <row r="93" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A93" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B93" s="30"/>
+      <c r="C93" s="31"/>
+      <c r="D93" s="31"/>
+      <c r="E93" s="31"/>
+      <c r="F93" s="31"/>
+      <c r="G93" s="31"/>
+      <c r="H93" s="31"/>
+      <c r="I93" s="27"/>
+      <c r="J93" s="30"/>
+      <c r="K93" s="31"/>
+      <c r="L93" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M93" s="31"/>
+      <c r="N93" s="31"/>
+      <c r="O93" s="33"/>
+      <c r="P93" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q93" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="S93" s="28"/>
+    </row>
+    <row r="94" spans="1:19" ht="38.25" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A94" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="B94" s="30"/>
+      <c r="C94" s="31"/>
+      <c r="D94" s="31"/>
+      <c r="E94" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="F94" s="31"/>
+      <c r="G94" s="31"/>
+      <c r="H94" s="31"/>
+      <c r="I94" s="27" t="s">
+        <v>7</v>
+      </c>
+      <c r="J94" s="30"/>
+      <c r="K94" s="31"/>
+      <c r="L94" s="26" t="s">
+        <v>7</v>
+      </c>
+      <c r="M94" s="31"/>
+      <c r="N94" s="31"/>
+      <c r="O94" s="33"/>
+      <c r="P94" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q94" s="8"/>
+      <c r="S94" s="28"/>
+    </row>
+    <row r="95" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A95" s="8" t="s">
+        <v>179</v>
+      </c>
+      <c r="B95" s="30"/>
+      <c r="C95" s="31"/>
+      <c r="D95" s="31"/>
+      <c r="E95" s="31"/>
+      <c r="F95" s="31"/>
+      <c r="G95" s="31"/>
+      <c r="H95" s="31"/>
+      <c r="I95" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="J95" s="30"/>
+      <c r="K95" s="31"/>
+      <c r="L95" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="M95" s="31"/>
+      <c r="N95" s="31"/>
+      <c r="O95" s="33"/>
+      <c r="P95" s="7" t="s">
         <v>148</v>
       </c>
-    </row>
-[...88 lines deleted...]
-      <c r="E63" s="27" t="s">
+      <c r="Q95" s="8"/>
+      <c r="S95" s="28"/>
+    </row>
+    <row r="96" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A96" s="8" t="s">
+        <v>180</v>
+      </c>
+      <c r="B96" s="30"/>
+      <c r="C96" s="31"/>
+      <c r="D96" s="31"/>
+      <c r="E96" s="31"/>
+      <c r="F96" s="31"/>
+      <c r="G96" s="31"/>
+      <c r="H96" s="31"/>
+      <c r="I96" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="J96" s="30"/>
+      <c r="K96" s="31"/>
+      <c r="L96" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="M96" s="31"/>
+      <c r="N96" s="31"/>
+      <c r="O96" s="33"/>
+      <c r="P96" s="7" t="s">
+        <v>148</v>
+      </c>
+      <c r="Q96" s="8"/>
+      <c r="S96" s="28"/>
+    </row>
+    <row r="97" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A97" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B97" s="30"/>
+      <c r="C97" s="31"/>
+      <c r="D97" s="31"/>
+      <c r="E97" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="F97" s="31"/>
+      <c r="G97" s="31"/>
+      <c r="H97" s="31"/>
+      <c r="I97" s="33" t="s">
+        <v>55</v>
+      </c>
+      <c r="J97" s="30"/>
+      <c r="K97" s="31"/>
+      <c r="L97" s="31" t="s">
+        <v>55</v>
+      </c>
+      <c r="M97" s="31"/>
+      <c r="N97" s="31"/>
+      <c r="O97" s="33"/>
+      <c r="P97" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q97" s="8"/>
+      <c r="S97" s="28"/>
+    </row>
+    <row r="98" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A98" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="B98" s="30"/>
+      <c r="C98" s="31"/>
+      <c r="D98" s="31"/>
+      <c r="E98" s="31"/>
+      <c r="F98" s="31"/>
+      <c r="G98" s="31"/>
+      <c r="H98" s="31"/>
+      <c r="I98" s="33"/>
+      <c r="J98" s="34"/>
+      <c r="K98" s="31"/>
+      <c r="L98" s="31" t="s">
+        <v>68</v>
+      </c>
+      <c r="M98" s="31"/>
+      <c r="N98" s="31"/>
+      <c r="O98" s="32"/>
+      <c r="P98" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q98" s="18"/>
+    </row>
+    <row r="99" spans="1:19" ht="43.5" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A99" s="16" t="s">
+        <v>181</v>
+      </c>
+      <c r="B99" s="30"/>
+      <c r="C99" s="31"/>
+      <c r="D99" s="31"/>
+      <c r="E99" s="31"/>
+      <c r="F99" s="31"/>
+      <c r="G99" s="31"/>
+      <c r="H99" s="31"/>
+      <c r="I99" s="33" t="s">
+        <v>52</v>
+      </c>
+      <c r="J99" s="34"/>
+      <c r="K99" s="31"/>
+      <c r="L99" s="31" t="s">
+        <v>52</v>
+      </c>
+      <c r="M99" s="31"/>
+      <c r="N99" s="31"/>
+      <c r="O99" s="32"/>
+      <c r="P99" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q99" s="18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="100" spans="1:19" ht="54" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A100" s="16" t="s">
+        <v>141</v>
+      </c>
+      <c r="B100" s="30"/>
+      <c r="C100" s="31"/>
+      <c r="D100" s="31"/>
+      <c r="E100" s="31"/>
+      <c r="F100" s="31"/>
+      <c r="G100" s="31"/>
+      <c r="H100" s="31"/>
+      <c r="I100" s="33" t="s">
+        <v>7</v>
+      </c>
+      <c r="J100" s="34"/>
+      <c r="K100" s="31"/>
+      <c r="L100" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="M100" s="31"/>
+      <c r="N100" s="31"/>
+      <c r="O100" s="32"/>
+      <c r="P100" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q100" s="18"/>
+    </row>
+    <row r="101" spans="1:19" ht="30" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A101" s="16" t="s">
+        <v>182</v>
+      </c>
+      <c r="B101" s="30"/>
+      <c r="C101" s="31"/>
+      <c r="D101" s="31"/>
+      <c r="E101" s="31"/>
+      <c r="F101" s="31"/>
+      <c r="G101" s="31"/>
+      <c r="H101" s="31"/>
+      <c r="I101" s="33"/>
+      <c r="J101" s="34"/>
+      <c r="K101" s="31"/>
+      <c r="L101" s="31" t="s">
+        <v>7</v>
+      </c>
+      <c r="M101" s="31"/>
+      <c r="N101" s="31"/>
+      <c r="O101" s="32"/>
+      <c r="P101" s="7" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q101" s="17" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="102" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A102" s="16" t="s">
+        <v>29</v>
+      </c>
+      <c r="B102" s="30"/>
+      <c r="C102" s="31"/>
+      <c r="D102" s="31"/>
+      <c r="E102" s="31"/>
+      <c r="F102" s="31"/>
+      <c r="G102" s="31"/>
+      <c r="H102" s="31"/>
+      <c r="I102" s="33" t="s">
         <v>27</v>
       </c>
-      <c r="F63" s="27"/>
-[...7 lines deleted...]
-      <c r="L63" s="27" t="s">
+      <c r="J102" s="34"/>
+      <c r="K102" s="31"/>
+      <c r="L102" s="31" t="s">
         <v>27</v>
       </c>
-      <c r="M63" s="27"/>
-[...335 lines deleted...]
-      <c r="E75" s="27" t="s">
+      <c r="M102" s="31"/>
+      <c r="N102" s="31"/>
+      <c r="O102" s="32"/>
+      <c r="P102" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q102" s="18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="103" spans="1:19" ht="39.9" customHeight="1" x14ac:dyDescent="0.15">
+      <c r="A103" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B103" s="30"/>
+      <c r="C103" s="31"/>
+      <c r="D103" s="31"/>
+      <c r="E103" s="31"/>
+      <c r="F103" s="31"/>
+      <c r="G103" s="31"/>
+      <c r="H103" s="31"/>
+      <c r="I103" s="33" t="s">
         <v>8</v>
       </c>
-      <c r="F75" s="27"/>
-[...646 lines deleted...]
-      <c r="Q97" s="18" t="s">
+      <c r="J103" s="34"/>
+      <c r="K103" s="31"/>
+      <c r="L103" s="31" t="s">
+        <v>8</v>
+      </c>
+      <c r="M103" s="31"/>
+      <c r="N103" s="31"/>
+      <c r="O103" s="32"/>
+      <c r="P103" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q103" s="18"/>
+    </row>
+    <row r="104" spans="1:19" ht="70.05" customHeight="1" thickBot="1" x14ac:dyDescent="0.2">
+      <c r="A104" s="36" t="s">
+        <v>134</v>
+      </c>
+      <c r="B104" s="37"/>
+      <c r="C104" s="38"/>
+      <c r="D104" s="38"/>
+      <c r="E104" s="38"/>
+      <c r="F104" s="38"/>
+      <c r="G104" s="38"/>
+      <c r="H104" s="38"/>
+      <c r="I104" s="39" t="s">
+        <v>8</v>
+      </c>
+      <c r="J104" s="40"/>
+      <c r="K104" s="38"/>
+      <c r="L104" s="38" t="s">
+        <v>8</v>
+      </c>
+      <c r="M104" s="38"/>
+      <c r="N104" s="38"/>
+      <c r="O104" s="41"/>
+      <c r="P104" s="42" t="s">
+        <v>30</v>
+      </c>
+      <c r="Q104" s="43" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="98" spans="1:17" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-[...138 lines deleted...]
-    <row r="103" spans="1:17" ht="27" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="105" spans="1:19" ht="27" customHeight="1" x14ac:dyDescent="0.15"/>
   </sheetData>
-  <autoFilter ref="A2:S102" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <autoFilter ref="A2:S104" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="5">
     <mergeCell ref="Q1:Q2"/>
     <mergeCell ref="A1:A2"/>
     <mergeCell ref="B1:I1"/>
     <mergeCell ref="P1:P2"/>
     <mergeCell ref="J1:O1"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="7.874015748031496E-2" right="0.19685039370078741" top="0.39370078740157483" bottom="0.39370078740157483" header="0.51181102362204722" footer="0.51181102362204722"/>
   <pageSetup paperSize="8" scale="97" fitToHeight="0" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>ワークシート</vt:lpstr>
       </vt:variant>